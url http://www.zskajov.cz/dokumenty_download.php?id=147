--- v0 (2025-10-27)
+++ v1 (2025-12-12)
@@ -1,109 +1,109 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="7C52D5DC" w14:textId="2146127E" w:rsidR="00C203EE" w:rsidRPr="00C203EE" w:rsidRDefault="00C203EE" w:rsidP="00C203EE">
+    <w:p w14:paraId="7C52D5DC" w14:textId="7FA55C0B" w:rsidR="00C203EE" w:rsidRPr="00C203EE" w:rsidRDefault="00C203EE" w:rsidP="00C203EE">
       <w:pPr>
         <w:pageBreakBefore/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C203EE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>Výroční zpráva o činnosti školy za rok 202</w:t>
       </w:r>
-      <w:r w:rsidR="009837B4">
+      <w:r w:rsidR="00B25F8A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
-        <w:t>3</w:t>
+        <w:t>4</w:t>
       </w:r>
       <w:r w:rsidRPr="00C203EE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>/202</w:t>
       </w:r>
-      <w:r w:rsidR="009837B4">
+      <w:r w:rsidR="00B25F8A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
-        <w:t>4</w:t>
+        <w:t>5</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="10E36172" w14:textId="77777777" w:rsidR="00C203EE" w:rsidRPr="00C203EE" w:rsidRDefault="00C203EE" w:rsidP="00C203EE">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7E1E0417" w14:textId="77777777" w:rsidR="00C203EE" w:rsidRPr="00C203EE" w:rsidRDefault="00C203EE" w:rsidP="00C203EE">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C203EE">
         <w:rPr>
@@ -616,69 +616,87 @@
         <w:t>Základní škola a Mateřská škola Kájov</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="20040A64" w14:textId="77777777" w:rsidR="00C203EE" w:rsidRPr="00C203EE" w:rsidRDefault="00C203EE" w:rsidP="00C203EE">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C203EE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>Základní údaje o organizaci</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="560F6FD9" w14:textId="77777777" w:rsidR="00C203EE" w:rsidRPr="00C203EE" w:rsidRDefault="00C203EE" w:rsidP="003E7D4B">
+    <w:p w14:paraId="560F6FD9" w14:textId="11B17519" w:rsidR="00C203EE" w:rsidRPr="00C203EE" w:rsidRDefault="00C203EE" w:rsidP="003E7D4B">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C203EE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Základní škola a Mateřská škola Kájov byla Rozhodnutím MŠMT č.j.16 691-03-21 zařazena od 1. ledna 2003 do sítě škol jako příspěvková organizace obce Kájov. </w:t>
+        <w:t xml:space="preserve">Základní a </w:t>
+      </w:r>
+      <w:r w:rsidR="00073CA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C203EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ateřská škola Kájov byla Rozhodnutím MŠMT č.j.16 691-03-21 zařazena od 1. ledna 2003 do sítě škol jako příspěvková organizace obce Kájov. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2942C9A6" w14:textId="53404195" w:rsidR="00C203EE" w:rsidRPr="00C203EE" w:rsidRDefault="00C203EE" w:rsidP="00C203EE">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C203EE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve">Od 14.12. 2005 byl </w:t>
       </w:r>
       <w:r w:rsidR="00403AE9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
@@ -766,99 +784,152 @@
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="19D0DD34" w14:textId="77777777" w:rsidR="00C203EE" w:rsidRPr="00C203EE" w:rsidRDefault="00C203EE" w:rsidP="00C203EE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C203EE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>382 21 Kájov</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CC2DB98" w14:textId="77777777" w:rsidR="00C203EE" w:rsidRPr="00C203EE" w:rsidRDefault="00C203EE" w:rsidP="00C203EE">
+    <w:p w14:paraId="7CC2DB98" w14:textId="77777777" w:rsidR="00C203EE" w:rsidRDefault="00C203EE" w:rsidP="00C203EE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C203EE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>Ředitelka: Mgr. Lenka Augustinová</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A6F4FE7" w14:textId="77777777" w:rsidR="00C203EE" w:rsidRPr="00C203EE" w:rsidRDefault="00C203EE" w:rsidP="00C203EE">
-[...20 lines deleted...]
-      <w:r w:rsidRPr="00C203EE">
+    <w:p w14:paraId="13C9061B" w14:textId="442F7FE0" w:rsidR="00073CA0" w:rsidRDefault="00073CA0" w:rsidP="00C203EE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>IČO: 750 01 101</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A6F4FE7" w14:textId="5D438641" w:rsidR="00C203EE" w:rsidRPr="00C203EE" w:rsidRDefault="00073CA0" w:rsidP="00C203EE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>Datová schránka:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00073CA0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00073CA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>if9mndh</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30729CDE" w14:textId="77777777" w:rsidR="00073CA0" w:rsidRDefault="00073CA0" w:rsidP="00C203EE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7B592A27" w14:textId="269B5758" w:rsidR="00C203EE" w:rsidRPr="00C203EE" w:rsidRDefault="00C203EE" w:rsidP="00C203EE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C203EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
         <w:t>Součástí školy jsou</w:t>
       </w:r>
       <w:r w:rsidRPr="00C203EE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="41F30A38" w14:textId="66860A5C" w:rsidR="00C203EE" w:rsidRPr="00C203EE" w:rsidRDefault="00C203EE" w:rsidP="00C203EE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C203EE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -1440,69 +1511,87 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1C12FB7E" w14:textId="77777777" w:rsidR="00C203EE" w:rsidRPr="00C203EE" w:rsidRDefault="00C203EE" w:rsidP="00177BDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C203EE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve">Organizace sídlí na dvou adresách. Mateřská škola se dvěma pavilony, v nichž jsou 3 třídy, se nachází v Boletické ulici. V tomto objektu je také školní kuchyně a jídelna pro mateřskou školu. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CE2EEE1" w14:textId="3BF6ED1E" w:rsidR="00C203EE" w:rsidRPr="00C203EE" w:rsidRDefault="00C203EE" w:rsidP="00C203EE">
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Každý pavilon mateřské školy má k dispozici samostatnou zahradu. </w:t>
+    <w:p w14:paraId="7CE2EEE1" w14:textId="456C0072" w:rsidR="00C203EE" w:rsidRPr="00C203EE" w:rsidRDefault="00C203EE" w:rsidP="00C203EE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C203EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>Každý pavilon mateřské školy má k dispozici s</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD1686">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>vou</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C203EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> zahradu. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="28F32434" w14:textId="77777777" w:rsidR="00C203EE" w:rsidRPr="00C203EE" w:rsidRDefault="00C203EE" w:rsidP="00C203EE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="693C214C" w14:textId="77777777" w:rsidR="00C203EE" w:rsidRDefault="00C203EE" w:rsidP="00177BDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
@@ -1563,71 +1652,80 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C203EE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>V současné době není ve škole počítačová učebna, výuka je zajišťována na přenosných IT zařízeních (notebooky).</w:t>
       </w:r>
       <w:r w:rsidR="00177BDA" w:rsidRPr="00177BDA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="572E8EC2" w14:textId="4B10D2D7" w:rsidR="00C203EE" w:rsidRPr="00C203EE" w:rsidRDefault="00177BDA" w:rsidP="003E7D4B">
+    <w:p w14:paraId="572E8EC2" w14:textId="0CBEC29B" w:rsidR="00C203EE" w:rsidRPr="00C203EE" w:rsidRDefault="00177BDA" w:rsidP="003E7D4B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C203EE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>Budova základní školy i oba pavilony mateřské školy jsou v dobrém technickém stavu. Všechny budovy jsou nově zrekonstruované</w:t>
       </w:r>
+      <w:r w:rsidR="00053A18">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="34024C1C" w14:textId="77777777" w:rsidR="00C203EE" w:rsidRDefault="00C203EE" w:rsidP="00C203EE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7A0C4913" w14:textId="63D7E81E" w:rsidR="00C203EE" w:rsidRDefault="00C203EE" w:rsidP="00C203EE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C203EE">
@@ -1678,477 +1776,456 @@
         </w:rPr>
         <w:t>Tělocvičnu a multifunkční hřiště využívá v odpoledních a večerních hodinách také veřejnost.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5A97B9B0" w14:textId="436CE240" w:rsidR="00C203EE" w:rsidRPr="00C203EE" w:rsidRDefault="00C203EE" w:rsidP="00C203EE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C203EE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23292ADF" w14:textId="77777777" w:rsidR="00C203EE" w:rsidRDefault="00C203EE" w:rsidP="00C203EE">
+    <w:p w14:paraId="3FA78480" w14:textId="77777777" w:rsidR="00073CA0" w:rsidRDefault="00073CA0" w:rsidP="00C203EE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="389461A6" w14:textId="77777777" w:rsidR="00E52867" w:rsidRDefault="00E52867" w:rsidP="00C203EE">
-[...2 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p w14:paraId="09BB6DA6" w14:textId="66114596" w:rsidR="00C203EE" w:rsidRPr="00C203EE" w:rsidRDefault="00C203EE" w:rsidP="00C203EE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C203EE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
-      </w:pPr>
-[...48 lines deleted...]
-        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>1. Základní škola</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="766A1FE4" w14:textId="77777777" w:rsidR="00C203EE" w:rsidRPr="00C203EE" w:rsidRDefault="00C203EE" w:rsidP="00C203EE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="60565C92" w14:textId="291FB012" w:rsidR="00C203EE" w:rsidRPr="00C203EE" w:rsidRDefault="00C203EE" w:rsidP="00C203EE">
-[...26 lines deleted...]
-        <w:t>7</w:t>
+    <w:p w14:paraId="60565C92" w14:textId="0D544B9F" w:rsidR="00C203EE" w:rsidRPr="00C203EE" w:rsidRDefault="00C203EE" w:rsidP="00C203EE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C203EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">V uplynulém roce navštěvovalo ZŠ </w:t>
+      </w:r>
+      <w:r w:rsidR="009A4B7B" w:rsidRPr="00B25F8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>94</w:t>
       </w:r>
       <w:r w:rsidRPr="00C203EE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> žáků, bylo zde pět samostatných postupných ročníků:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C2A38DC" w14:textId="77777777" w:rsidR="00C203EE" w:rsidRPr="00C203EE" w:rsidRDefault="00C203EE" w:rsidP="00C203EE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2AD43860" w14:textId="3DA3160F" w:rsidR="00C203EE" w:rsidRPr="00C203EE" w:rsidRDefault="00C203EE" w:rsidP="00C203EE">
+    <w:p w14:paraId="2AD43860" w14:textId="729D118E" w:rsidR="00C203EE" w:rsidRPr="00C203EE" w:rsidRDefault="00C203EE" w:rsidP="00C203EE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C203EE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>1. ročník</w:t>
       </w:r>
       <w:r w:rsidRPr="00C203EE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00C203EE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="009837B4">
-[...6 lines deleted...]
-        <w:t>25</w:t>
+      <w:r w:rsidR="009A4B7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>12</w:t>
       </w:r>
       <w:r w:rsidRPr="00C203EE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> žáků</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A837672" w14:textId="197F6D0A" w:rsidR="00C203EE" w:rsidRPr="00C203EE" w:rsidRDefault="00C203EE" w:rsidP="00C203EE">
+    <w:p w14:paraId="2A837672" w14:textId="0EB778C3" w:rsidR="00C203EE" w:rsidRPr="00C203EE" w:rsidRDefault="00C203EE" w:rsidP="00C203EE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C203EE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve">2. ročník </w:t>
       </w:r>
       <w:r w:rsidRPr="00C203EE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00C203EE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="009837B4">
-[...6 lines deleted...]
-        <w:t>2</w:t>
+      <w:r w:rsidR="009A4B7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>26</w:t>
       </w:r>
       <w:r w:rsidR="0081129C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">3 </w:t>
-[...11 lines deleted...]
-    <w:p w14:paraId="1063B667" w14:textId="11C74615" w:rsidR="00C203EE" w:rsidRPr="00C203EE" w:rsidRDefault="00C203EE" w:rsidP="00C203EE">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C203EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>žáků</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C203EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009A4B7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="009A4B7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>2. A 13 žáků, 2. B. 13 žáků)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1063B667" w14:textId="53239724" w:rsidR="00C203EE" w:rsidRPr="00C203EE" w:rsidRDefault="00C203EE" w:rsidP="00C203EE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C203EE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve">3. ročník </w:t>
       </w:r>
       <w:r w:rsidRPr="00C203EE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00C203EE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="009837B4">
-[...6 lines deleted...]
-        <w:t>16</w:t>
+      <w:r w:rsidR="009A4B7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>22</w:t>
       </w:r>
       <w:r w:rsidRPr="00C203EE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> žáků</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C594FBA" w14:textId="19219B70" w:rsidR="00C203EE" w:rsidRPr="00C203EE" w:rsidRDefault="00C203EE" w:rsidP="00C203EE">
+    <w:p w14:paraId="5C594FBA" w14:textId="2843BC74" w:rsidR="00C203EE" w:rsidRPr="00C203EE" w:rsidRDefault="00C203EE" w:rsidP="00C203EE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C203EE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve">4. ročník </w:t>
       </w:r>
       <w:r w:rsidRPr="00C203EE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00C203EE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00790AA8">
-[...15 lines deleted...]
-        <w:t>7</w:t>
+      <w:r w:rsidR="009A4B7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>17</w:t>
       </w:r>
       <w:r w:rsidR="0081129C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C203EE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>žáků</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69548941" w14:textId="5F88566B" w:rsidR="00C203EE" w:rsidRDefault="00C203EE" w:rsidP="00C203EE">
+    <w:p w14:paraId="69548941" w14:textId="48C0FAC8" w:rsidR="00C203EE" w:rsidRDefault="00C203EE" w:rsidP="00C203EE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C203EE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve">5. ročník </w:t>
       </w:r>
       <w:r w:rsidRPr="00C203EE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00C203EE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="009837B4">
-[...6 lines deleted...]
-        <w:t>16</w:t>
+      <w:r w:rsidR="009A4B7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>17</w:t>
       </w:r>
       <w:r w:rsidRPr="00C203EE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> žáků</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00A5FA74" w14:textId="77777777" w:rsidR="00A60EB1" w:rsidRDefault="00A60EB1" w:rsidP="00C203EE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6B227806" w14:textId="77777777" w:rsidR="00C203EE" w:rsidRPr="00C203EE" w:rsidRDefault="00C203EE" w:rsidP="00C203EE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -2633,90 +2710,50 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C203EE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>Instituce, se kterými spolupracujeme:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F86F21E" w14:textId="77777777" w:rsidR="003E7D4B" w:rsidRPr="00C203EE" w:rsidRDefault="003E7D4B" w:rsidP="00C203EE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5F3A930C" w14:textId="3FB261B4" w:rsidR="00C203EE" w:rsidRDefault="00C203EE" w:rsidP="00C203EE">
-[...38 lines deleted...]
-    </w:p>
     <w:p w14:paraId="65281464" w14:textId="77777777" w:rsidR="00C203EE" w:rsidRPr="00C203EE" w:rsidRDefault="00C203EE" w:rsidP="00C203EE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C203EE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>VLS ČR s. p.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4DA322C9" w14:textId="77777777" w:rsidR="00C203EE" w:rsidRPr="00C203EE" w:rsidRDefault="00C203EE" w:rsidP="00C203EE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -2753,70 +2790,50 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>Vojenské lesy a statky</w:t>
       </w:r>
       <w:r w:rsidR="00414412">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>, Divize Horní Planá</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="447D8FA8" w14:textId="65B630FD" w:rsidR="002974F2" w:rsidRDefault="002974F2" w:rsidP="00C203EE">
-[...18 lines deleted...]
-    </w:p>
     <w:p w14:paraId="6489B4B6" w14:textId="26B66373" w:rsidR="002974F2" w:rsidRDefault="002974F2" w:rsidP="00C203EE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>Farnost Kájov (</w:t>
       </w:r>
       <w:r w:rsidRPr="002974F2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
@@ -2949,51 +2966,107 @@
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>DDM Český Krumlov</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="183EC6E0" w14:textId="77777777" w:rsidR="003E7D4B" w:rsidRDefault="009837B4" w:rsidP="0000089C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>Městská knihovna Český Krumlov</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DA7261D" w14:textId="5D1F63A6" w:rsidR="00C203EE" w:rsidRPr="003E7D4B" w:rsidRDefault="00C203EE" w:rsidP="0000089C">
+    <w:p w14:paraId="0F2B425A" w14:textId="0801C565" w:rsidR="009356CD" w:rsidRDefault="009356CD" w:rsidP="0000089C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>SEV Stožec</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="738F5E6F" w14:textId="77777777" w:rsidR="003661AA" w:rsidRDefault="003661AA" w:rsidP="0000089C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="109FD81A" w14:textId="77777777" w:rsidR="003661AA" w:rsidRDefault="003661AA" w:rsidP="0000089C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1EF69CF4" w14:textId="77777777" w:rsidR="003661AA" w:rsidRDefault="003661AA" w:rsidP="0000089C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0DA7261D" w14:textId="5F321258" w:rsidR="00C203EE" w:rsidRPr="003E7D4B" w:rsidRDefault="00C203EE" w:rsidP="0000089C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0000089C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Soutěže, olympiády</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D787184" w14:textId="77777777" w:rsidR="001E713A" w:rsidRPr="00767D73" w:rsidRDefault="001E713A" w:rsidP="0000089C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
@@ -3064,158 +3137,158 @@
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C203EE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>Další aktivity</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="486E5B82" w14:textId="77777777" w:rsidR="001E713A" w:rsidRPr="00E52867" w:rsidRDefault="001E713A" w:rsidP="00E52867">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2079C8C5" w14:textId="60F88D08" w:rsidR="00C203EE" w:rsidRPr="001E713A" w:rsidRDefault="00C203EE" w:rsidP="001E713A">
+    <w:p w14:paraId="2079C8C5" w14:textId="0686030B" w:rsidR="00C203EE" w:rsidRPr="001E713A" w:rsidRDefault="00C203EE" w:rsidP="001E713A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001E713A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve">Bruslení – 1.+ </w:t>
       </w:r>
-      <w:r w:rsidR="00790AA8" w:rsidRPr="001E713A">
+      <w:r w:rsidR="00B25F8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E713A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>. třída</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B17E0F7" w14:textId="6304CC4B" w:rsidR="00C203EE" w:rsidRPr="001E713A" w:rsidRDefault="00C203EE" w:rsidP="001E713A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E713A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Plavecký výcvik – </w:t>
+      </w:r>
+      <w:r w:rsidR="00B25F8A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidRPr="001E713A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
-        <w:t>. třída</w:t>
-[...37 lines deleted...]
-        <w:t>. +5. třída</w:t>
+        <w:t xml:space="preserve"> +5. třída</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="29C7C4F8" w14:textId="1621605C" w:rsidR="006E41B2" w:rsidRPr="00767D73" w:rsidRDefault="00C203EE" w:rsidP="00767D73">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006E41B2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>Přehled pracovníků školy</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CA7F3B2" w14:textId="6C32F9FC" w:rsidR="00C203EE" w:rsidRPr="00C203EE" w:rsidRDefault="00C203EE" w:rsidP="00E52867">
+    <w:p w14:paraId="4CA7F3B2" w14:textId="46FE6A8A" w:rsidR="00C203EE" w:rsidRPr="00C203EE" w:rsidRDefault="00C203EE" w:rsidP="00E52867">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C203EE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve">Na výchovně vzdělávacím procesu se podílelo sedm pedagogických pracovnic. </w:t>
       </w:r>
       <w:r w:rsidR="00767D73">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -3228,96 +3301,85 @@
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>učitelk</w:t>
       </w:r>
       <w:r w:rsidR="00767D73">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="00C203EE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00A60EB1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>ne</w:t>
       </w:r>
       <w:r w:rsidRPr="00C203EE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>splňuj</w:t>
       </w:r>
       <w:r w:rsidR="00767D73">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve">e </w:t>
       </w:r>
       <w:r w:rsidRPr="00C203EE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> požadovanou</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> kvalifikaci.</w:t>
+        <w:t>požadovanou kvalifikaci.</w:t>
       </w:r>
       <w:r w:rsidR="00767D73">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> I přes veškerou snahu se kvalifikovaného pedagoga nepodařilo sehnat.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="18494885" w14:textId="77777777" w:rsidR="00414412" w:rsidRDefault="00414412" w:rsidP="00C203EE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="623CC87B" w14:textId="056C4D8B" w:rsidR="00C203EE" w:rsidRDefault="00C203EE" w:rsidP="00C203EE">
       <w:pPr>
@@ -3338,51 +3400,51 @@
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>Pedagogičtí zaměstnanci</w:t>
       </w:r>
       <w:r w:rsidRPr="00C203EE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="039F9AEE" w14:textId="77777777" w:rsidR="001E713A" w:rsidRDefault="001E713A" w:rsidP="00C203EE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="053BA5F8" w14:textId="3778B9F6" w:rsidR="00790AA8" w:rsidRPr="00C203EE" w:rsidRDefault="00177BDA" w:rsidP="00790AA8">
+    <w:p w14:paraId="053BA5F8" w14:textId="10A2F6C7" w:rsidR="00790AA8" w:rsidRPr="00C203EE" w:rsidRDefault="00177BDA" w:rsidP="00790AA8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="00790AA8" w:rsidRPr="00C203EE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
@@ -3400,677 +3462,599 @@
       <w:r w:rsidR="00790AA8" w:rsidRPr="00C203EE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00352317">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00790AA8" w:rsidRPr="00C203EE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Mgr.  Marta Kučerová</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00414412">
+        <w:t xml:space="preserve"> Mgr.  </w:t>
+      </w:r>
+      <w:r w:rsidR="00B25F8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Miriam </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B25F8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>Chalániová</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B25F8A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0000089C">
-[...28 lines deleted...]
-      <w:r w:rsidR="00414412">
+    </w:p>
+    <w:p w14:paraId="258D544A" w14:textId="77777777" w:rsidR="00B25F8A" w:rsidRDefault="00B25F8A" w:rsidP="00C203EE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00C203EE" w:rsidRPr="00C203EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>. ročník</w:t>
+      </w:r>
+      <w:r w:rsidR="00C203EE" w:rsidRPr="00C203EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00C203EE" w:rsidRPr="00C203EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00352317">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00C203EE" w:rsidRPr="00C203EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Mgr. Anna Janovská</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36F50069" w14:textId="7E6D3AC6" w:rsidR="00B25F8A" w:rsidRDefault="00B25F8A" w:rsidP="00B25F8A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="2124" w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Mgr. Marta Kučerová</w:t>
+      </w:r>
+      <w:r w:rsidR="0081129C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="788544CD" w14:textId="397A3CF2" w:rsidR="0081129C" w:rsidRDefault="00B25F8A" w:rsidP="00C203EE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="0081129C" w:rsidRPr="00C203EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.ročník </w:t>
+      </w:r>
+      <w:r w:rsidR="0081129C" w:rsidRPr="00C203EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="0081129C" w:rsidRPr="00C203EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="0081129C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="0081129C" w:rsidRPr="00C203EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Mgr.  </w:t>
+      </w:r>
+      <w:r w:rsidR="0081129C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Simona Šafaříková  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="571B6D7C" w14:textId="273086E5" w:rsidR="00C203EE" w:rsidRDefault="00B25F8A" w:rsidP="00C203EE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00C203EE" w:rsidRPr="00C203EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>. ročník</w:t>
+      </w:r>
+      <w:r w:rsidR="00C203EE" w:rsidRPr="00C203EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C203EE" w:rsidRPr="00C203EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00352317">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00C203EE" w:rsidRPr="00C203EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0081129C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>Bc</w:t>
+      </w:r>
+      <w:r w:rsidR="003661AA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="0081129C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
-        <w:t>A</w:t>
-[...28 lines deleted...]
-        <w:t>1</w:t>
+        <w:t xml:space="preserve"> Lucie Zimmermannová</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="640DCC3A" w14:textId="21FFE893" w:rsidR="0081129C" w:rsidRDefault="00B25F8A" w:rsidP="00C203EE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="0081129C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>. ročník                                  Mgr. Lenka Augustinová</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04529F80" w14:textId="379E4A7D" w:rsidR="00C203EE" w:rsidRPr="00C203EE" w:rsidRDefault="003661AA" w:rsidP="00C203EE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Aj</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve"> Mgr. Renata Valešová</w:t>
       </w:r>
       <w:r w:rsidR="00C203EE" w:rsidRPr="00C203EE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
-        <w:t>. ročník</w:t>
+        <w:tab/>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1833E9B8" w14:textId="77777777" w:rsidR="009356CD" w:rsidRDefault="009356CD" w:rsidP="00C203EE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5F50596C" w14:textId="294A087A" w:rsidR="00B87415" w:rsidRDefault="00C203EE" w:rsidP="00C203EE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C203EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Asistent pedagoga </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55D12117" w14:textId="77777777" w:rsidR="001E713A" w:rsidRPr="00C203EE" w:rsidRDefault="001E713A" w:rsidP="00C203EE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="343B75D7" w14:textId="7BF138A1" w:rsidR="00C203EE" w:rsidRPr="00C203EE" w:rsidRDefault="00790AA8" w:rsidP="00C203EE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>Božena Mikolášová</w:t>
       </w:r>
       <w:r w:rsidR="00C203EE" w:rsidRPr="00C203EE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
-        <w:tab/>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidR="00E52867">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00B25F8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="00C203EE" w:rsidRPr="00C203EE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
-        <w:tab/>
-[...453 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">. třída </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="682494BE" w14:textId="39667785" w:rsidR="00C203EE" w:rsidRPr="00C203EE" w:rsidRDefault="00C203EE" w:rsidP="00C203EE">
+    <w:p w14:paraId="682494BE" w14:textId="2A9F3EC6" w:rsidR="00C203EE" w:rsidRPr="00C203EE" w:rsidRDefault="00C203EE" w:rsidP="00C203EE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C203EE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve">Lucie Žílová </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00C203EE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidRPr="00C203EE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00E52867">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00177BDA">
-[...6 lines deleted...]
-        <w:t>1</w:t>
+      <w:r w:rsidR="00B25F8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00C203EE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>. třída</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3F33FCCC" w14:textId="77777777" w:rsidR="00C203EE" w:rsidRPr="00C203EE" w:rsidRDefault="00C203EE" w:rsidP="00C203EE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="48760596" w14:textId="77777777" w:rsidR="00C203EE" w:rsidRPr="003E7D4B" w:rsidRDefault="00C203EE" w:rsidP="00C203EE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -4455,51 +4439,51 @@
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1BF3E397" w14:textId="766ED3B8" w:rsidR="00A80F2E" w:rsidRPr="00A80F2E" w:rsidRDefault="003E7D4B" w:rsidP="00A80F2E">
       <w:pPr>
         <w:pStyle w:val="Bezmezer"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A80F2E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>Absolvované semináře:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0060052F" w14:textId="01ADA98D" w:rsidR="00C203EE" w:rsidRPr="00A80F2E" w:rsidRDefault="00C203EE" w:rsidP="00A80F2E">
+    <w:p w14:paraId="0060052F" w14:textId="13B25C2C" w:rsidR="00C203EE" w:rsidRPr="00A80F2E" w:rsidRDefault="00C203EE" w:rsidP="00A80F2E">
       <w:pPr>
         <w:pStyle w:val="Bezmezer"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A80F2E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>„Nově v 1. třídě“- seminář pro učitele 1. třídy</w:t>
       </w:r>
       <w:r w:rsidR="0000089C" w:rsidRPr="00A80F2E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
@@ -4519,118 +4503,136 @@
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00177BDA" w:rsidRPr="00A80F2E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00A80F2E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0081129C" w:rsidRPr="00A80F2E">
-[...6 lines deleted...]
-        <w:t>2</w:t>
+      <w:r w:rsidR="00B25F8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="0000089C" w:rsidRPr="00A80F2E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> pedagogové</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="05A20993" w14:textId="0C4B41DE" w:rsidR="0081129C" w:rsidRPr="00A80F2E" w:rsidRDefault="0081129C" w:rsidP="00A80F2E">
+        <w:t xml:space="preserve"> pedagog</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05A20993" w14:textId="58E64E79" w:rsidR="0081129C" w:rsidRPr="00A80F2E" w:rsidRDefault="0081129C" w:rsidP="00A80F2E">
       <w:pPr>
         <w:pStyle w:val="Bezmezer"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A80F2E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>„Nově ve 2. třídě“-seminář pro učitele 1. třídy</w:t>
       </w:r>
       <w:r w:rsidR="00A80F2E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00A80F2E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00A80F2E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve"> 2 pedagogové</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="7EB398EA" w14:textId="25677048" w:rsidR="00C203EE" w:rsidRPr="00A80F2E" w:rsidRDefault="00352317" w:rsidP="00A80F2E">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B25F8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00A80F2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pedagog</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7EB398EA" w14:textId="1EAEB169" w:rsidR="00C203EE" w:rsidRPr="00A80F2E" w:rsidRDefault="00352317" w:rsidP="00A80F2E">
       <w:pPr>
         <w:pStyle w:val="Bezmezer"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A80F2E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve">Letní škola </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00A80F2E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
@@ -4689,58 +4691,67 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00177BDA" w:rsidRPr="00A80F2E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00A80F2E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="009356CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
       <w:r w:rsidR="0000089C" w:rsidRPr="00A80F2E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
-        <w:t>2 pedagogov</w:t>
+        <w:t xml:space="preserve"> pedagogov</w:t>
       </w:r>
       <w:r w:rsidR="00767D73" w:rsidRPr="00A80F2E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>é</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15DB5D34" w14:textId="2B66E0C0" w:rsidR="0081129C" w:rsidRPr="00A80F2E" w:rsidRDefault="0081129C" w:rsidP="00A80F2E">
       <w:pPr>
         <w:pStyle w:val="Bezmezer"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A80F2E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
@@ -4773,293 +4784,189 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00B87415" w:rsidRPr="00A80F2E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A80F2E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>1 pedagog</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76FCF88F" w14:textId="24C8E13F" w:rsidR="0081129C" w:rsidRPr="00A80F2E" w:rsidRDefault="0081129C" w:rsidP="00A80F2E">
-[...155 lines deleted...]
-        <w:tab/>
+    <w:p w14:paraId="7E9B514F" w14:textId="14E6DF03" w:rsidR="00B25F8A" w:rsidRDefault="00B25F8A" w:rsidP="00A80F2E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>Agresivní žák, jednání s rodiči agresivního žáka                             celý pedagogický sbor</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34A28F34" w14:textId="0BECC24E" w:rsidR="00A80F2E" w:rsidRDefault="00B25F8A" w:rsidP="00A80F2E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Formativní hodnocení v praxi</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve"> 2 pedagogové</w:t>
       </w:r>
       <w:r w:rsidR="0000089C" w:rsidRPr="00A80F2E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...43 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">                        </w:t>
       </w:r>
       <w:r w:rsidR="0081129C" w:rsidRPr="00A80F2E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve">     </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15601E61" w14:textId="39A972B6" w:rsidR="00C203EE" w:rsidRPr="00C203EE" w:rsidRDefault="00C203EE" w:rsidP="00A80F2E">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00C203EE">
+    <w:p w14:paraId="15542E11" w14:textId="77777777" w:rsidR="009356CD" w:rsidRDefault="009356CD" w:rsidP="00A80F2E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="15601E61" w14:textId="165D535F" w:rsidR="00C203EE" w:rsidRPr="00C203EE" w:rsidRDefault="00C203EE" w:rsidP="00A80F2E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C203EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
         <w:t>4. Údaje o zařazování dětí</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C5088FB" w14:textId="24E6C66E" w:rsidR="00C203EE" w:rsidRPr="0062799B" w:rsidRDefault="0062799B" w:rsidP="00C203EE">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00C203EE" w:rsidRPr="00C203EE">
         <w:rPr>
@@ -5242,102 +5149,102 @@
             </w:pPr>
             <w:r w:rsidRPr="00C203EE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2534" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1C8BD4B2" w14:textId="6C7FFC11" w:rsidR="0062799B" w:rsidRPr="00C203EE" w:rsidRDefault="0081129C" w:rsidP="0062799B">
+          <w:p w14:paraId="1C8BD4B2" w14:textId="5C4AEE4A" w:rsidR="0062799B" w:rsidRPr="00C203EE" w:rsidRDefault="009A4B7B" w:rsidP="0062799B">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="119" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
-              <w:t>25</w:t>
+              <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2064" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3B6B6FAE" w14:textId="78F59AA0" w:rsidR="0062799B" w:rsidRPr="00C203EE" w:rsidRDefault="0081129C" w:rsidP="0062799B">
+          <w:p w14:paraId="3B6B6FAE" w14:textId="4ADF5828" w:rsidR="0062799B" w:rsidRPr="00C203EE" w:rsidRDefault="009A4B7B" w:rsidP="0062799B">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="119" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
-              <w:t>25</w:t>
+              <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0062799B" w:rsidRPr="00C203EE" w14:paraId="7F4E59EC" w14:textId="77777777" w:rsidTr="0062799B">
         <w:trPr>
           <w:trHeight w:val="153"/>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1612" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="074C744E" w14:textId="77777777" w:rsidR="0062799B" w:rsidRPr="00C203EE" w:rsidRDefault="0062799B" w:rsidP="0062799B">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="119" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -5349,111 +5256,102 @@
             </w:pPr>
             <w:r w:rsidRPr="00C203EE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2534" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1B168F88" w14:textId="305A85C0" w:rsidR="0062799B" w:rsidRPr="00C203EE" w:rsidRDefault="0081129C" w:rsidP="0062799B">
+          <w:p w14:paraId="1B168F88" w14:textId="4DB9A081" w:rsidR="0062799B" w:rsidRPr="00C203EE" w:rsidRDefault="009A4B7B" w:rsidP="0062799B">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="119" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
-              <w:t>23</w:t>
+              <w:t>26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2064" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4B8D1AEA" w14:textId="49FA5E8F" w:rsidR="0062799B" w:rsidRPr="00C203EE" w:rsidRDefault="0081129C" w:rsidP="0062799B">
+          <w:p w14:paraId="4B8D1AEA" w14:textId="71093D51" w:rsidR="0062799B" w:rsidRPr="00C203EE" w:rsidRDefault="009A4B7B" w:rsidP="0062799B">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="119" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
-              <w:t>2</w:t>
-[...8 lines deleted...]
-              <w:t>2*</w:t>
+              <w:t>26</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0062799B" w:rsidRPr="00C203EE" w14:paraId="6211E53A" w14:textId="77777777" w:rsidTr="0062799B">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1612" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7BDCA78B" w14:textId="77777777" w:rsidR="0062799B" w:rsidRPr="00C203EE" w:rsidRDefault="0062799B" w:rsidP="0062799B">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="119" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -5464,102 +5362,102 @@
             </w:pPr>
             <w:r w:rsidRPr="00C203EE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2534" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5B148697" w14:textId="1563B1CC" w:rsidR="0062799B" w:rsidRPr="00C203EE" w:rsidRDefault="0081129C" w:rsidP="0062799B">
+          <w:p w14:paraId="5B148697" w14:textId="1C3ACCA6" w:rsidR="0062799B" w:rsidRPr="00C203EE" w:rsidRDefault="009A4B7B" w:rsidP="0062799B">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="119" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
-              <w:t>16</w:t>
+              <w:t>22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2064" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3D7C3BE0" w14:textId="5ED078AD" w:rsidR="0062799B" w:rsidRPr="00C203EE" w:rsidRDefault="0081129C" w:rsidP="0062799B">
+          <w:p w14:paraId="3D7C3BE0" w14:textId="6BD76E61" w:rsidR="0062799B" w:rsidRPr="00C203EE" w:rsidRDefault="009A4B7B" w:rsidP="0062799B">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="119" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
-              <w:t>16</w:t>
+              <w:t>22</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0062799B" w:rsidRPr="00C203EE" w14:paraId="386F41D8" w14:textId="77777777" w:rsidTr="0062799B">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1612" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6393CEA4" w14:textId="77777777" w:rsidR="0062799B" w:rsidRPr="00C203EE" w:rsidRDefault="0062799B" w:rsidP="0062799B">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="119" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -5677,102 +5575,102 @@
             </w:pPr>
             <w:r w:rsidRPr="00C203EE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2534" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="205B5E53" w14:textId="4471CE17" w:rsidR="0062799B" w:rsidRPr="00C203EE" w:rsidRDefault="0081129C" w:rsidP="0062799B">
+          <w:p w14:paraId="205B5E53" w14:textId="1912D63E" w:rsidR="0062799B" w:rsidRPr="00C203EE" w:rsidRDefault="00053A18" w:rsidP="0062799B">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="119" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
-              <w:t>16</w:t>
+              <w:t>17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2064" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="00000A"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6C3E589D" w14:textId="2F46D83F" w:rsidR="0062799B" w:rsidRPr="00C203EE" w:rsidRDefault="0081129C" w:rsidP="0062799B">
+          <w:p w14:paraId="6C3E589D" w14:textId="7F725B97" w:rsidR="0062799B" w:rsidRPr="00C203EE" w:rsidRDefault="009A4B7B" w:rsidP="0062799B">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="119" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
-              <w:t>16</w:t>
+              <w:t>17</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="786F8F5A" w14:textId="77777777" w:rsidR="0062799B" w:rsidRPr="008A1F1A" w:rsidRDefault="0062799B" w:rsidP="00C203EE">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="616E2F0F" w14:textId="77777777" w:rsidR="00C203EE" w:rsidRPr="00C203EE" w:rsidRDefault="00C203EE" w:rsidP="00C203EE">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
@@ -5880,1284 +5778,1179 @@
     </w:p>
     <w:p w14:paraId="5E78314D" w14:textId="77777777" w:rsidR="00C203EE" w:rsidRDefault="00C203EE" w:rsidP="00C203EE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1A1A6777" w14:textId="77777777" w:rsidR="00A60EB1" w:rsidRDefault="00A60EB1" w:rsidP="00C203EE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="55B07BD8" w14:textId="77777777" w:rsidR="00A60EB1" w:rsidRPr="00C203EE" w:rsidRDefault="00A60EB1" w:rsidP="00C203EE">
-[...77 lines deleted...]
-    </w:p>
     <w:p w14:paraId="0BDD6F5D" w14:textId="77777777" w:rsidR="00C203EE" w:rsidRPr="00C203EE" w:rsidRDefault="00C203EE" w:rsidP="00C203EE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="05C50E81" w14:textId="54F92F61" w:rsidR="00C203EE" w:rsidRPr="00C203EE" w:rsidRDefault="00C203EE" w:rsidP="00C203EE">
+    <w:p w14:paraId="05C50E81" w14:textId="7C4E71B2" w:rsidR="00C203EE" w:rsidRPr="00C203EE" w:rsidRDefault="00C203EE" w:rsidP="00C203EE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C203EE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>Ke studiu na gymnáziu v Českém Krumlově byl</w:t>
       </w:r>
-      <w:r w:rsidR="00C50E78">
-[...24 lines deleted...]
-        <w:t>i</w:t>
+      <w:r w:rsidR="009A4B7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C203EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>přijat</w:t>
+      </w:r>
+      <w:r w:rsidR="009A4B7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="00C203EE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C50E78">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="009A4B7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C203EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>žá</w:t>
+      </w:r>
+      <w:r w:rsidR="009A4B7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>kyně</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C203EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5.třídy </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43F92DA3" w14:textId="77777777" w:rsidR="0000089C" w:rsidRDefault="0000089C" w:rsidP="00C203EE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="159592CB" w14:textId="7DE3599E" w:rsidR="00277426" w:rsidRDefault="0081129C" w:rsidP="00C203EE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="003661AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00C203EE" w:rsidRPr="00C203EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> žáků přestoupilo do ZŠ T.G. Masaryka v Českém Krumlově</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DFDED27" w14:textId="6E37CFC7" w:rsidR="009A4B7B" w:rsidRDefault="009A4B7B" w:rsidP="00C203EE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>1 žák přestoupil do ZŠ a MŠ Chvalšiny</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="056B42D2" w14:textId="2688B9DC" w:rsidR="003661AA" w:rsidRDefault="003661AA" w:rsidP="00C203EE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>1 žák do ZŠ Linecká</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C41DC09" w14:textId="77777777" w:rsidR="0062799B" w:rsidRDefault="0062799B" w:rsidP="00C203EE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6DC2E271" w14:textId="6E4DC8D7" w:rsidR="0062799B" w:rsidRPr="0000089C" w:rsidRDefault="0062799B" w:rsidP="00C203EE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C203EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Do I. ročníku </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ZŠ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C203EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>bylo pro školní rok 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00B25F8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C203EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>/ 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00B25F8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C203EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> zapsáno</w:t>
+      </w:r>
+      <w:r w:rsidR="00B25F8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2</w:t>
+      </w:r>
+      <w:r w:rsidR="009356CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="0081129C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C203EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>dětí</w:t>
+      </w:r>
+      <w:r w:rsidR="001613AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00767D73">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Z toho byl </w:t>
+      </w:r>
+      <w:r w:rsidR="00B25F8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C203EE">
-[...274 lines deleted...]
-      </w:r>
       <w:r w:rsidR="001613AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
-[...17 lines deleted...]
-        <w:t>10 dětem</w:t>
+        <w:t xml:space="preserve"> dětem</w:t>
       </w:r>
       <w:r w:rsidR="00E52867">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> udělen </w:t>
       </w:r>
       <w:r w:rsidR="001613AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>odklad školní docházky</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F5D13A6" w14:textId="34D25056" w:rsidR="001E713A" w:rsidRDefault="00C203EE" w:rsidP="00E52867">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E52867">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>1.5.Kázeňské přestupky</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34A57BED" w14:textId="77777777" w:rsidR="001E713A" w:rsidRPr="001E713A" w:rsidRDefault="001E713A" w:rsidP="00E52867">
+    <w:p w14:paraId="7D698192" w14:textId="77777777" w:rsidR="003661AA" w:rsidRDefault="003661AA" w:rsidP="00E52867">
+      <w:pPr>
+        <w:pStyle w:val="Bezmezer"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="32CABC6D" w14:textId="15F1EEF9" w:rsidR="00C203EE" w:rsidRPr="00E52867" w:rsidRDefault="001613AC" w:rsidP="00E52867">
+      <w:pPr>
+        <w:pStyle w:val="Bezmezer"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52867">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>V tomto školním ro</w:t>
+      </w:r>
+      <w:r w:rsidR="003212BF" w:rsidRPr="00E52867">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52867">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>e nebyly řešeny žádné vážné kázeňské přestupky</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B824F6E" w14:textId="77777777" w:rsidR="00177BDA" w:rsidRDefault="00177BDA" w:rsidP="00E52867">
+      <w:pPr>
+        <w:pStyle w:val="Bezmezer"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5230B49C" w14:textId="4B9B2FB7" w:rsidR="00C203EE" w:rsidRPr="00177BDA" w:rsidRDefault="00C203EE" w:rsidP="00177BDA">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...51 lines deleted...]
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:r w:rsidRPr="00177BDA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
+        <w:t>1.6. Mimoškolní aktivity, prezentace školy na veřejnost</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A00A964" w14:textId="77777777" w:rsidR="001E713A" w:rsidRDefault="001E713A" w:rsidP="00E52867">
+      <w:pPr>
+        <w:pStyle w:val="Bezmezer"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="318D9705" w14:textId="539CCA4E" w:rsidR="00C203EE" w:rsidRPr="00E52867" w:rsidRDefault="00403AE9" w:rsidP="001E713A">
+      <w:pPr>
+        <w:pStyle w:val="Bezmezer"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>Na mimoškolní aktivity klademe velký důraz</w:t>
+      </w:r>
+      <w:r w:rsidR="00C203EE" w:rsidRPr="00E52867">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00767D73" w:rsidRPr="00E52867">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Snažíme se dětem poskytnout velký výběr kroužků. </w:t>
+      </w:r>
+      <w:r w:rsidR="00C203EE" w:rsidRPr="00E52867">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Z našeho hlediska je velmi důležité, aby se naučily účelně využívat volný čas. Ze strany dětí i rodičů je o </w:t>
+      </w:r>
+      <w:r w:rsidR="0000089C" w:rsidRPr="00E52867">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>kroužky</w:t>
+      </w:r>
+      <w:r w:rsidR="00C203EE" w:rsidRPr="00E52867">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> zájem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B485BAB" w14:textId="4A6E1396" w:rsidR="00C203EE" w:rsidRPr="00177BDA" w:rsidRDefault="00C203EE" w:rsidP="00E52867">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00177BDA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>Zájmové kroužky:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71F157E1" w14:textId="77777777" w:rsidR="00C203EE" w:rsidRPr="00E52867" w:rsidRDefault="00C203EE" w:rsidP="00E52867">
+      <w:pPr>
+        <w:pStyle w:val="Bezmezer"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="52C54BBF" w14:textId="77777777" w:rsidR="00C203EE" w:rsidRPr="00E52867" w:rsidRDefault="00C203EE" w:rsidP="00E52867">
+      <w:pPr>
+        <w:pStyle w:val="Bezmezer"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
-        <w:t>1.6. Mimoškolní aktivity, prezentace školy na veřejnost</w:t>
-[...91 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52867">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ve spolupráci s </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E52867">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>DDM :</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="75F7C5B6" w14:textId="55CBC7E3" w:rsidR="00C203EE" w:rsidRDefault="00C203EE" w:rsidP="00C203EE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C203EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>Keramický</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C203EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00C203EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00352317">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00C203EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>24 dětí</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75A1B056" w14:textId="565CAB43" w:rsidR="003661AA" w:rsidRPr="00C203EE" w:rsidRDefault="003661AA" w:rsidP="003661AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C203EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Kroužek šikovných rukou     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">20 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C203EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>dětí</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55BE03B9" w14:textId="77777777" w:rsidR="003661AA" w:rsidRPr="00C203EE" w:rsidRDefault="003661AA" w:rsidP="00C203EE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3D68C377" w14:textId="77777777" w:rsidR="00C203EE" w:rsidRPr="00C203EE" w:rsidRDefault="00C203EE" w:rsidP="00C203EE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
-        <w:t>Zájmové kroužky:</w:t>
-[...15 lines deleted...]
-        <w:pStyle w:val="Bezmezer"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="55158869" w14:textId="361F06AD" w:rsidR="009356CD" w:rsidRDefault="00C203EE" w:rsidP="00C203EE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E52867">
+      <w:r w:rsidRPr="00C203EE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ve spolupráci s </w:t>
-      </w:r>
+        <w:t>Ve spolupráci s Pionýrem České republiky</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="258E7546" w14:textId="189309C1" w:rsidR="003661AA" w:rsidRDefault="00C203EE" w:rsidP="00C203EE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00E52867">
+      <w:r w:rsidRPr="00C203EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Florbal  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C203EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C203EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">           </w:t>
+      </w:r>
+      <w:r w:rsidR="001613AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00B25F8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C203EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>dětí</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="593AC43B" w14:textId="3C22FE9C" w:rsidR="00C203EE" w:rsidRPr="00C203EE" w:rsidRDefault="00C203EE" w:rsidP="00C203EE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
-        <w:t>DDM :</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00C203EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Ve spolupráci s Milosrdnými sestrami sv. Kříže:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E86EC8B" w14:textId="0E31677A" w:rsidR="00C203EE" w:rsidRPr="00C203EE" w:rsidRDefault="00C203EE" w:rsidP="00C203EE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C203EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Výuka náboženství </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C203EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00352317">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00617044">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="001613AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C203EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>dět</w:t>
+      </w:r>
+      <w:r w:rsidR="00C50E78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>í</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="592D538E" w14:textId="77777777" w:rsidR="00C203EE" w:rsidRPr="00C203EE" w:rsidRDefault="00C203EE" w:rsidP="00C203EE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3AEB5E3B" w14:textId="77777777" w:rsidR="00C203EE" w:rsidRPr="00C203EE" w:rsidRDefault="00C203EE" w:rsidP="00C203EE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C203EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>Ve spolupráci s Českým rybářským svazem:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="728AC9A2" w14:textId="5B131F21" w:rsidR="00C203EE" w:rsidRPr="00C203EE" w:rsidRDefault="00C203EE" w:rsidP="00C203EE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C203EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Rybářský kroužek </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C203EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00C203EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="003661AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C203EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dětí</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="516641A3" w14:textId="77777777" w:rsidR="00C203EE" w:rsidRPr="00C203EE" w:rsidRDefault="00C203EE" w:rsidP="00C203EE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5AF0F8BC" w14:textId="77777777" w:rsidR="00C203EE" w:rsidRPr="00C203EE" w:rsidRDefault="00C203EE" w:rsidP="00C203EE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C203EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ve </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C203EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>spolupráci  s</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-    </w:p>
-[...71 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:r w:rsidRPr="00C203EE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
-      </w:pPr>
-[...104 lines deleted...]
-        </w:rPr>
+        <w:t> Českým mysliveckým svazem</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="779937FD" w14:textId="58C85784" w:rsidR="008A1F1A" w:rsidRDefault="00C203EE" w:rsidP="008A1F1A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C203EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>Myslivecký kroužek</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C203EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00C203EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C203EE">
-[...308 lines deleted...]
-        <w:t>16</w:t>
+      <w:r w:rsidR="00B25F8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>21</w:t>
       </w:r>
       <w:r w:rsidRPr="00C203EE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> dětí</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2954DEB2" w14:textId="77777777" w:rsidR="0000089C" w:rsidRDefault="0000089C" w:rsidP="008A1F1A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7CDD17D5" w14:textId="634A02A8" w:rsidR="00C203EE" w:rsidRDefault="00C203EE" w:rsidP="008A1F1A">
       <w:pPr>
@@ -7581,1984 +7374,2837 @@
         </w:rPr>
         <w:t xml:space="preserve">všech </w:t>
       </w:r>
       <w:r w:rsidRPr="00C203EE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve">soutěžích družstva RK Kájov uspěla hned v několika kategoriích </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14B8525D" w14:textId="77777777" w:rsidR="00C203EE" w:rsidRPr="00C203EE" w:rsidRDefault="00C203EE" w:rsidP="00C203EE">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="115FE273" w14:textId="0639AFAE" w:rsidR="00C203EE" w:rsidRPr="00C203EE" w:rsidRDefault="00C203EE" w:rsidP="00C203EE">
+    <w:p w14:paraId="115FE273" w14:textId="045F222F" w:rsidR="00C203EE" w:rsidRPr="00C203EE" w:rsidRDefault="00C203EE" w:rsidP="00C203EE">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C203EE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>V</w:t>
       </w:r>
       <w:r w:rsidRPr="00C203EE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> srpnu jsme opět byli na týdenním letním pobytu v letním táboře na Olšině (</w:t>
       </w:r>
       <w:r w:rsidR="001613AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">46 </w:t>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00872F42">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="001613AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C203EE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve">dětí). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="162B6D67" w14:textId="34A811FF" w:rsidR="00E52867" w:rsidRDefault="00C203EE" w:rsidP="00C203EE">
+    <w:p w14:paraId="38ADF29D" w14:textId="77777777" w:rsidR="00073CA0" w:rsidRDefault="00073CA0" w:rsidP="00C203EE">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C203EE">
+    </w:p>
+    <w:p w14:paraId="162B6D67" w14:textId="5BE9F020" w:rsidR="00E52867" w:rsidRDefault="00C203EE" w:rsidP="00C203EE">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
-        <w:t>1.7. Projekty</w:t>
-[...335 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C203EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="5EB96B4C" w14:textId="0A563494" w:rsidR="003E7D4B" w:rsidRDefault="00C203EE" w:rsidP="00C203EE">
+        <w:t>1.7. Projekty</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D06FD90" w14:textId="77777777" w:rsidR="00E52867" w:rsidRDefault="00E52867" w:rsidP="00E52867">
+      <w:pPr>
+        <w:pStyle w:val="Bezmezer"/>
+        <w:rPr>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="336D40B6" w14:textId="50FBF23C" w:rsidR="00872F42" w:rsidRDefault="00224409" w:rsidP="00E52867">
+      <w:pPr>
+        <w:pStyle w:val="Bezmezer"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00224409">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>Kleť</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00224409">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00224409">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00224409">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00224409">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00224409">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00224409">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00224409">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00224409">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>5. třída</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55905ADA" w14:textId="4DC093B5" w:rsidR="00224409" w:rsidRDefault="00224409" w:rsidP="00E52867">
+      <w:pPr>
+        <w:pStyle w:val="Bezmezer"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>Poznáváme Šumavu (pobyt v SEV Stožec)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>5. třída</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B9CAF0F" w14:textId="366135B7" w:rsidR="00763C07" w:rsidRDefault="00763C07" w:rsidP="00E52867">
+      <w:pPr>
+        <w:pStyle w:val="Bezmezer"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>Trenéři do škol</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>1., 2. třída</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C6523E2" w14:textId="77777777" w:rsidR="00224409" w:rsidRDefault="00224409" w:rsidP="00E52867">
+      <w:pPr>
+        <w:pStyle w:val="Bezmezer"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2E451D35" w14:textId="47A36F0C" w:rsidR="00224409" w:rsidRDefault="00224409" w:rsidP="00224409">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006E41B2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00224409">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
+        <w:t>1.8. Besedy, exkurze</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D3CDC78" w14:textId="380F3FAA" w:rsidR="009356CD" w:rsidRPr="009356CD" w:rsidRDefault="009356CD" w:rsidP="00224409">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>Lesní pedagogika</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>1., 2. třída</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37F62229" w14:textId="77777777" w:rsidR="009356CD" w:rsidRDefault="009356CD" w:rsidP="009356CD">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>Zvířátka ze ZOO                                                                  1., 2., 3. třída</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="262A9AAC" w14:textId="77777777" w:rsidR="009356CD" w:rsidRDefault="009356CD" w:rsidP="009356CD">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Regionální </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>muzeum  Č.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Krumlov</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>2. třída</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4166F750" w14:textId="4B7C6D75" w:rsidR="009356CD" w:rsidRDefault="009356CD" w:rsidP="009356CD">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>Dopravní hřiště Č. Krumlov</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>2., 4. třída</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59A5A468" w14:textId="77777777" w:rsidR="009356CD" w:rsidRDefault="009356CD" w:rsidP="009356CD">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Obecní knihovna </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>3., 5. třída</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42A11DC5" w14:textId="77777777" w:rsidR="009356CD" w:rsidRDefault="009356CD" w:rsidP="009356CD">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>Archoeskanzen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Trocnov</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>3., 4. třída</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="523E5F70" w14:textId="22B7A1AD" w:rsidR="00763C07" w:rsidRPr="00763C07" w:rsidRDefault="00763C07" w:rsidP="00224409">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00763C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Pl</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">anetárium České Budějovice      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">3., 5. třída         </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4077ADD8" w14:textId="5701BD4C" w:rsidR="00224409" w:rsidRDefault="00224409" w:rsidP="00224409">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00224409">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>Sv</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>ě</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00224409">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">t </w:t>
+      </w:r>
+      <w:r w:rsidR="003661AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>f</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00224409">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>otografie</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Muzeum Foto atelier Seidel)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>5. třída</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27D90253" w14:textId="6E4434D5" w:rsidR="00763C07" w:rsidRDefault="00763C07" w:rsidP="00224409">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Život v pravěku (Regionální </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>muzeum  Č.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Krumlov)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>4. třída</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5EAC1FDC" w14:textId="77777777" w:rsidR="009356CD" w:rsidRDefault="009356CD" w:rsidP="00C203EE">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5EB96B4C" w14:textId="49ABCB89" w:rsidR="003E7D4B" w:rsidRDefault="00C203EE" w:rsidP="00C203EE">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006E41B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
         <w:t>1.8.Preventivní program</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B998D77" w14:textId="382AD851" w:rsidR="00C203EE" w:rsidRPr="003E7D4B" w:rsidRDefault="00C203EE" w:rsidP="00403AE9">
+    <w:p w14:paraId="2B998D77" w14:textId="0C4F13A4" w:rsidR="00C203EE" w:rsidRPr="003E7D4B" w:rsidRDefault="00C203EE" w:rsidP="00403AE9">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C203EE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve">Preventivním programům věnujeme velkou pozornost, je nutné, aby děti byly seznámeny s tím, </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00767D73">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve">jaká </w:t>
       </w:r>
       <w:r w:rsidRPr="00C203EE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">á nebezpečí jim mohou hrozit v reálném i virtuálním světě. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="75F7E4EC" w14:textId="77777777" w:rsidR="00B87415" w:rsidRDefault="003212BF" w:rsidP="00C203EE">
+        <w:t xml:space="preserve"> nebezpečí</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C203EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> jim mohou hrozit v reálném i virtuálním světě. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75F7E4EC" w14:textId="458B60F6" w:rsidR="00B87415" w:rsidRDefault="00872F42" w:rsidP="00C203EE">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
-        <w:t>Bezpečný pohyb v dopravním provozu</w:t>
-[...10 lines deleted...]
-      <w:r>
+        <w:t>Ruku v ruce</w:t>
+      </w:r>
+      <w:r w:rsidR="003212BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="003212BF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00767D73">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="003212BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
         <w:t xml:space="preserve">1. třída </w:t>
       </w:r>
-      <w:r>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">DDM </w:t>
+      <w:r w:rsidR="003212BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
-        <w:t>Č.Krumlov</w:t>
+        <w:t>Portus</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-    </w:p>
-    <w:p w14:paraId="1376B9A7" w14:textId="30D255BB" w:rsidR="003212BF" w:rsidRDefault="003212BF" w:rsidP="00C203EE">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Prachatice</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2999D2C3" w14:textId="1F5E7739" w:rsidR="003661AA" w:rsidRDefault="003661AA" w:rsidP="00C203EE">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
-        <w:t>Osobní</w:t>
-[...17 lines deleted...]
-        <w:t>bezpečí v nejbližším okolí i mimo domov</w:t>
+        <w:t>Závislosti při nejmenší</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">1., 2., 3. třída </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>Portus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Prachatice</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47C72163" w14:textId="56D9CF0A" w:rsidR="003212BF" w:rsidRDefault="00872F42" w:rsidP="003212BF">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>Co je to internet:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00767D73">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">4. </w:t>
-      </w:r>
+        <w:t xml:space="preserve">2., </w:t>
+      </w:r>
+      <w:r w:rsidR="003212BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>3. třída</w:t>
+      </w:r>
+      <w:r w:rsidR="003212BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003212BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>Portus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="003212BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Prachatice</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55F44511" w14:textId="2DF2E44B" w:rsidR="003212BF" w:rsidRDefault="00872F42" w:rsidP="003212BF">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">třída  </w:t>
-[...8 lines deleted...]
-        <w:tab/>
+        <w:t>Agenti- Společná</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">PČR </w:t>
-      </w:r>
+        <w:t xml:space="preserve"> mise</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="003212BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>3.,4</w:t>
+      </w:r>
+      <w:r w:rsidR="003212BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. třída </w:t>
+      </w:r>
+      <w:r w:rsidR="001739DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>Centrum Pochodeň</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28C7C1AC" w14:textId="30F5ADAC" w:rsidR="003661AA" w:rsidRDefault="003661AA" w:rsidP="003212BF">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>Bezpečně na vlnách</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">4.,5. třída          </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_Hlk210220024"/>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
-        <w:t>Č.Krumlov</w:t>
+        <w:t>Portus</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-    </w:p>
-    <w:p w14:paraId="0C2DFFEB" w14:textId="2F30FBC5" w:rsidR="003212BF" w:rsidRDefault="003212BF" w:rsidP="003212BF">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Prachatice</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w14:paraId="1D67FD16" w14:textId="4E413C2F" w:rsidR="003212BF" w:rsidRDefault="00872F42" w:rsidP="003212BF">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...35 lines deleted...]
-      </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">třída  </w:t>
-[...8 lines deleted...]
-        <w:tab/>
+        <w:t>Agenti- rekonstrukce</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">PČR </w:t>
-[...13 lines deleted...]
-    <w:p w14:paraId="47C72163" w14:textId="7DB8A222" w:rsidR="003212BF" w:rsidRDefault="003212BF" w:rsidP="003212BF">
+        <w:t xml:space="preserve"> případu</w:t>
+      </w:r>
+      <w:r w:rsidR="003212BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="003212BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="003212BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="003212BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="003212BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="003212BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. třída </w:t>
+      </w:r>
+      <w:r w:rsidR="001739DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>Centrum Pochodeň</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4700E2A1" w14:textId="77777777" w:rsidR="003212BF" w:rsidRDefault="003212BF" w:rsidP="003212BF">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...405 lines deleted...]
-    <w:p w14:paraId="4CA7E4D1" w14:textId="77777777" w:rsidR="00C203EE" w:rsidRDefault="00C203EE" w:rsidP="00C203EE">
+    </w:p>
+    <w:p w14:paraId="66EC1ACD" w14:textId="77777777" w:rsidR="00872F42" w:rsidRDefault="00872F42" w:rsidP="00C203EE">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C203EE">
+    </w:p>
+    <w:p w14:paraId="4CA7E4D1" w14:textId="50AF0F55" w:rsidR="00C203EE" w:rsidRDefault="00C203EE" w:rsidP="00C203EE">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
-        <w:t>1.9.Akce obohacující kulturní a společenský život v obci:</w:t>
-[...5 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C203EE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
-      </w:pPr>
-[...182 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>1.9.Akce obohacující kulturní a společenský život v obci:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="279E059C" w14:textId="77777777" w:rsidR="008A1F1A" w:rsidRPr="00C203EE" w:rsidRDefault="008A1F1A" w:rsidP="00C203EE">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
-        <w:t>1.10. Údaje o výsledcích inspekční činnosti provedené Českou školní inspekcí</w:t>
-[...31 lines deleted...]
-    <w:p w14:paraId="36430DE8" w14:textId="7449E884" w:rsidR="00C203EE" w:rsidRPr="00C203EE" w:rsidRDefault="00C203EE" w:rsidP="00C203EE">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2CB1F2C9" w14:textId="14C4E1C3" w:rsidR="008A1F1A" w:rsidRPr="008A1F1A" w:rsidRDefault="00C50E78" w:rsidP="008A1F1A">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A1F1A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>Roz</w:t>
+      </w:r>
+      <w:r w:rsidR="00B150A9" w:rsidRPr="008A1F1A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A1F1A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>v</w:t>
+      </w:r>
+      <w:r w:rsidR="003661AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>ě</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A1F1A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>cení váno</w:t>
+      </w:r>
+      <w:r w:rsidR="00B150A9" w:rsidRPr="008A1F1A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>čního stromečku</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0EDBAD75" w14:textId="77777777" w:rsidR="00E52867" w:rsidRDefault="00E52867" w:rsidP="008A1F1A">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6001FD5E" w14:textId="102FA50D" w:rsidR="00C203EE" w:rsidRPr="008A1F1A" w:rsidRDefault="00C50E78" w:rsidP="008A1F1A">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A1F1A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>Vystoupení na setkání seniorů obce</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="235168B8" w14:textId="77777777" w:rsidR="00E52867" w:rsidRDefault="00E52867" w:rsidP="008A1F1A">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="62CCAEFB" w14:textId="2B31748F" w:rsidR="00B150A9" w:rsidRPr="008A1F1A" w:rsidRDefault="00B150A9" w:rsidP="008A1F1A">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A1F1A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>Vánoční jarmark</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C9CC471" w14:textId="77777777" w:rsidR="00E52867" w:rsidRDefault="00E52867" w:rsidP="008A1F1A">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3A33B974" w14:textId="1C9A0ACB" w:rsidR="00B150A9" w:rsidRDefault="00B150A9" w:rsidP="008A1F1A">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A1F1A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>Velikonoční jarmark</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17823CF9" w14:textId="77777777" w:rsidR="009356CD" w:rsidRPr="008A1F1A" w:rsidRDefault="009356CD" w:rsidP="008A1F1A">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4761D803" w14:textId="77777777" w:rsidR="00C203EE" w:rsidRPr="00C203EE" w:rsidRDefault="00C203EE" w:rsidP="00C203EE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0FA8D544" w14:textId="77777777" w:rsidR="00C203EE" w:rsidRPr="00C203EE" w:rsidRDefault="00C203EE" w:rsidP="00C203EE">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C203EE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
-        <w:t>1.11. Školská rada</w:t>
-[...70 lines deleted...]
-    <w:p w14:paraId="1AA14529" w14:textId="77777777" w:rsidR="00C203EE" w:rsidRPr="00C203EE" w:rsidRDefault="00C203EE" w:rsidP="00C203EE">
+        <w:t>1.10. Údaje o výsledcích inspekční činnosti provedené Českou školní inspekcí</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2522A1CC" w14:textId="77777777" w:rsidR="00986CA5" w:rsidRDefault="00C203EE" w:rsidP="00C203EE">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C203EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>V tomto školním roce proběhla inspekční činnost</w:t>
+      </w:r>
+      <w:r w:rsidR="00763C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="009356CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Závěrečného hodnocení práce ZŠ a MŠ Kájov se zúčastnil starosta obce pan Bohumil Šíp. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="404BE477" w14:textId="3C72079F" w:rsidR="00986CA5" w:rsidRDefault="009356CD" w:rsidP="00C203EE">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>V</w:t>
+      </w:r>
+      <w:r w:rsidR="00986CA5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidR="00986CA5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Š </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>bylo doporučeno dovyba</w:t>
+      </w:r>
+      <w:r w:rsidR="00986CA5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">vení </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>didaktickou technikou (</w:t>
+      </w:r>
+      <w:r w:rsidR="00986CA5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>ablety, interaktivní tabule)</w:t>
+      </w:r>
+      <w:r w:rsidR="00986CA5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>. Dalším podnětem také bylo zavádění formativního hodnocení.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B0A53F0" w14:textId="3CA5D0E6" w:rsidR="00C203EE" w:rsidRDefault="009356CD" w:rsidP="00C203EE">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>V ZŠ byl doporučeno zlepšení prá</w:t>
+      </w:r>
+      <w:r w:rsidR="00986CA5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>e Školského poradenského zařízení, aktualizace dokumentů</w:t>
+      </w:r>
+      <w:r w:rsidR="00986CA5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Strategie předcházení školní neúspěšnosti a </w:t>
+      </w:r>
+      <w:r w:rsidR="00986CA5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Školní program proti šikanování, zlepšení vedení dokumentace z činnosti ŠPP.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F46D480" w14:textId="6517A690" w:rsidR="00986CA5" w:rsidRPr="00C203EE" w:rsidRDefault="00986CA5" w:rsidP="00C203EE">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Doporučením pro zlepšení činnosti školy bylo také provedení </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>autoevaluačního</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> šetření. Toto se uskutečnilo v závěru školního roku, výstupem bude </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Autoevaluační</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> zpráva, se kterou bude seznámen zřizovatel i školská rada. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54B1E9C6" w14:textId="77777777" w:rsidR="00073CA0" w:rsidRDefault="00073CA0" w:rsidP="00C203EE">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="36430DE8" w14:textId="04413599" w:rsidR="00C203EE" w:rsidRPr="00C203EE" w:rsidRDefault="00C203EE" w:rsidP="00C203EE">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C203EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>1.11. Školská rada</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45795074" w14:textId="77777777" w:rsidR="00C203EE" w:rsidRPr="00C203EE" w:rsidRDefault="00C203EE" w:rsidP="00C203EE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3C1206F2" w14:textId="53009A6C" w:rsidR="00C203EE" w:rsidRPr="00C203EE" w:rsidRDefault="00C203EE" w:rsidP="00E52867">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C203EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>Školská rada má 6 členů: 2 zástupce z řad zákonných zástupců žáků, 2 z řad zaměstnanců školy a 2 zástupce zřizovatele.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AA14529" w14:textId="77777777" w:rsidR="00C203EE" w:rsidRPr="00C203EE" w:rsidRDefault="00C203EE" w:rsidP="00C203EE">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C203EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
         <w:t>1.12. Úrazy</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="37E7082B" w14:textId="77777777" w:rsidR="00C203EE" w:rsidRPr="00C203EE" w:rsidRDefault="00C203EE" w:rsidP="00C203EE">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C203EE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>Vážné úrazy žádné.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="35311E08" w14:textId="77777777" w:rsidR="00C203EE" w:rsidRPr="00C203EE" w:rsidRDefault="00C203EE" w:rsidP="00C203EE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3859EC87" w14:textId="77777777" w:rsidR="00C203EE" w:rsidRPr="00C203EE" w:rsidRDefault="00C203EE" w:rsidP="00C203EE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6CD3C5CA" w14:textId="77777777" w:rsidR="00C203EE" w:rsidRPr="00C203EE" w:rsidRDefault="00C203EE" w:rsidP="00C203EE">
+    <w:p w14:paraId="3DCD6EE7" w14:textId="77777777" w:rsidR="003661AA" w:rsidRDefault="003661AA" w:rsidP="00C203EE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C203EE">
+    </w:p>
+    <w:p w14:paraId="6CD3C5CA" w14:textId="6015C257" w:rsidR="00C203EE" w:rsidRPr="00C203EE" w:rsidRDefault="00C203EE" w:rsidP="00C203EE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
-        <w:t>2.Školní družina</w:t>
-[...5 lines deleted...]
-        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C203EE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
-      </w:pPr>
-[...64 lines deleted...]
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:t>2.Školní družina</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1357D2EB" w14:textId="77777777" w:rsidR="00C203EE" w:rsidRPr="00C203EE" w:rsidRDefault="00C203EE" w:rsidP="00C203EE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00C203EE">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2B4330A7" w14:textId="3F124949" w:rsidR="00C203EE" w:rsidRPr="00C203EE" w:rsidRDefault="00C203EE" w:rsidP="00E52867">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C203EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>Činnost družiny vychází ze Školního vzdělávacího programu ŠD Kájov. K dispozici má nejen kmenové učebny, ale také tělocvičnu, multifu</w:t>
+      </w:r>
+      <w:r w:rsidR="006E41B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C203EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">kční hřiště a prostory školního dvora. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BAE41BF" w14:textId="77777777" w:rsidR="00C203EE" w:rsidRPr="00C203EE" w:rsidRDefault="00C203EE" w:rsidP="00C203EE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C203EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>Pobyt v družině se vychovatelky snaží zpestřovat různými ekologickými, hudebními a sportovními programy. To je ale trochu složitější, protože děti během odpoledne navštěvují různé kroužky, které ve škole pracují.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="771D165F" w14:textId="77777777" w:rsidR="00C203EE" w:rsidRPr="00C203EE" w:rsidRDefault="00C203EE" w:rsidP="00C203EE">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
-        <w:t>2.1.Přehled pracovníků školní družiny</w:t>
-[...158 lines deleted...]
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C203EE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00C203EE">
+        <w:t>2.1.Přehled pracovníků školní družiny</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31F0407C" w14:textId="77777777" w:rsidR="00C203EE" w:rsidRPr="00C203EE" w:rsidRDefault="00C203EE" w:rsidP="00C203EE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="68E6A631" w14:textId="77777777" w:rsidR="00C203EE" w:rsidRPr="00C203EE" w:rsidRDefault="00C203EE" w:rsidP="00C203EE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C203EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Petra Petrová </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C203EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00C203EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00C203EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>vedoucí vychovatelka</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73829B23" w14:textId="77777777" w:rsidR="00C203EE" w:rsidRDefault="00C203EE" w:rsidP="00C203EE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C203EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Petra Žílová </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C203EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00C203EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00C203EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>vychovatelka</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E2AEA43" w14:textId="77C8E616" w:rsidR="00B150A9" w:rsidRPr="00C203EE" w:rsidRDefault="00872F42" w:rsidP="00C203EE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Heidi </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>Ruschaková</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B150A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="0050111B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00B150A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>vychovatelka</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="748678C9" w14:textId="77777777" w:rsidR="00C203EE" w:rsidRPr="00C203EE" w:rsidRDefault="00C203EE" w:rsidP="00C203EE">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C203EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
         <w:t>2.2. Organizace činnosti</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65D4A696" w14:textId="198306CB" w:rsidR="00C203EE" w:rsidRPr="00C203EE" w:rsidRDefault="00C203EE" w:rsidP="00E52867">
+    <w:p w14:paraId="65D4A696" w14:textId="1C780139" w:rsidR="00C203EE" w:rsidRPr="00C203EE" w:rsidRDefault="00C203EE" w:rsidP="00E52867">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C203EE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
-        <w:t>Ranní družina je otevřena od 6.25 hod. do 7.45 hod, odpolední družina od 11.45 do 1</w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">.00 hod. K dispozici má </w:t>
+        <w:t xml:space="preserve">Ranní družina je otevřena od 6.25 hod. do 7.45 hod, odpolední družina od 11.45 do </w:t>
+      </w:r>
+      <w:r w:rsidR="00986CA5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>16.45</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C203EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> hod. K dispozici má </w:t>
       </w:r>
       <w:r w:rsidR="00A60EB1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve">v přízemí </w:t>
       </w:r>
       <w:r w:rsidRPr="00C203EE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve">dvě místnosti určené pro činnost ŠD (I. oddělení), II. </w:t>
       </w:r>
       <w:r w:rsidR="00414412">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
@@ -9600,77 +10246,95 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> učebn</w:t>
       </w:r>
       <w:r w:rsidR="00414412">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>ách</w:t>
       </w:r>
       <w:r w:rsidRPr="00C203EE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> ve 2. patře</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A07B42A" w14:textId="2A14925D" w:rsidR="00C203EE" w:rsidRPr="00C203EE" w:rsidRDefault="00C203EE" w:rsidP="00C203EE">
+    <w:p w14:paraId="2A07B42A" w14:textId="52D86D16" w:rsidR="00C203EE" w:rsidRPr="00C203EE" w:rsidRDefault="00C203EE" w:rsidP="00C203EE">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C203EE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve">Do školní družiny bylo zapsáno </w:t>
       </w:r>
       <w:r w:rsidR="0050111B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">74 </w:t>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="00872F42">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="0050111B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C203EE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve">dětí, do ranního klubu </w:t>
       </w:r>
       <w:r w:rsidR="003212BF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>46</w:t>
       </w:r>
       <w:r w:rsidRPr="00C203EE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
@@ -9754,51 +10418,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>dětí</w:t>
       </w:r>
       <w:r w:rsidR="00C50E78">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C203EE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>(kapacita 30 dětí)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="448D3497" w14:textId="7FDB49C6" w:rsidR="00C203EE" w:rsidRDefault="00C203EE" w:rsidP="00C203EE">
+    <w:p w14:paraId="448D3497" w14:textId="7EDD2CCE" w:rsidR="00C203EE" w:rsidRDefault="00C203EE" w:rsidP="00C203EE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C203EE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve">oddělení – vychovatelka </w:t>
       </w:r>
       <w:r w:rsidRPr="00C203EE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -9830,3951 +10494,3686 @@
       <w:r w:rsidR="002974F2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00C203EE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0050111B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">24 </w:t>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00872F42">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="00C203EE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>dětí (kapacita 29 dětí)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67E0E253" w14:textId="641ACC15" w:rsidR="00B150A9" w:rsidRPr="0050111B" w:rsidRDefault="00B150A9" w:rsidP="00C203EE">
+    <w:p w14:paraId="67E0E253" w14:textId="2CBFB543" w:rsidR="00B150A9" w:rsidRPr="0050111B" w:rsidRDefault="00B150A9" w:rsidP="00C203EE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve">oddělení </w:t>
       </w:r>
       <w:r w:rsidR="002974F2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> vychovatelka</w:t>
       </w:r>
       <w:r w:rsidR="002974F2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:tab/>
       </w:r>
+      <w:r w:rsidR="00053A18">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Heidi </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00053A18">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>Ruschaková</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00053A18">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="002974F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidR="0050111B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
-        <w:t>Daniela Votýpková</w:t>
-[...8 lines deleted...]
-        <w:tab/>
+        <w:t>25</w:t>
       </w:r>
       <w:r w:rsidR="002974F2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
-        <w:tab/>
-[...17 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> dětí</w:t>
       </w:r>
       <w:r w:rsidR="004F6194">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> (kapacita 29 dětí)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="001A519D" w14:textId="77777777" w:rsidR="0050111B" w:rsidRPr="00277426" w:rsidRDefault="0050111B" w:rsidP="0050111B">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="31514666" w14:textId="77777777" w:rsidR="0050111B" w:rsidRDefault="0050111B" w:rsidP="0050111B">
+    <w:p w14:paraId="4E6A83EA" w14:textId="77777777" w:rsidR="00986CA5" w:rsidRDefault="00986CA5" w:rsidP="0050111B">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+    </w:p>
+    <w:p w14:paraId="091979F9" w14:textId="77777777" w:rsidR="00986CA5" w:rsidRDefault="00986CA5" w:rsidP="0050111B">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2533A2B4" w14:textId="77777777" w:rsidR="00986CA5" w:rsidRDefault="00986CA5" w:rsidP="0050111B">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7BE9B863" w14:textId="77777777" w:rsidR="00073CA0" w:rsidRDefault="00073CA0" w:rsidP="0050111B">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="33988D07" w14:textId="77777777" w:rsidR="00073CA0" w:rsidRDefault="00073CA0" w:rsidP="0050111B">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="10C8479C" w14:textId="77777777" w:rsidR="000B39BF" w:rsidRDefault="000B39BF" w:rsidP="000B39BF">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">3. Mateřská škola </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="158F8BC1" w14:textId="51E211D3" w:rsidR="0050111B" w:rsidRPr="00177BDA" w:rsidRDefault="0050111B" w:rsidP="00177BDA">
+    <w:p w14:paraId="6E6FD4F4" w14:textId="77777777" w:rsidR="000B39BF" w:rsidRDefault="000B39BF" w:rsidP="000B39BF">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve">Od 1. 1. 2003 je Mateřská škola Kájov </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>součástí  právního</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> subjektu  Základní škola a Mateřská škola Kájov, příspěvková organizace.  </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="3EF121A9" w14:textId="77777777" w:rsidR="0050111B" w:rsidRDefault="0050111B" w:rsidP="0050111B">
+        <w:t xml:space="preserve"> subjektu </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53499810" w14:textId="77777777" w:rsidR="000B39BF" w:rsidRDefault="000B39BF" w:rsidP="000B39BF">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ve školním roce 2023/2024 navštěvovalo MŠ 63 dětí. Z toho 30 chlapců a 33 děvčat. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="43A5333A" w14:textId="77777777" w:rsidR="0050111B" w:rsidRDefault="0050111B" w:rsidP="0050111B">
+        <w:t xml:space="preserve"> Základní škola a Mateřská škola Kájov, příspěvková organizace.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="495B8EBB" w14:textId="77777777" w:rsidR="000B39BF" w:rsidRDefault="000B39BF" w:rsidP="000B39BF">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
+        <w:t xml:space="preserve">Ve školním roce 2024/2025 navštěvovalo MŠ 62 dětí. Z toho 29 chlapců a 33 děvčat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="587F6B82" w14:textId="77777777" w:rsidR="000B39BF" w:rsidRDefault="000B39BF" w:rsidP="000B39BF">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
         <w:t xml:space="preserve">Byla povolena výjimka dle Vyhlášky č.14/2005 Sb. § 5, odstavec 3 (24 + 4) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33AB01F3" w14:textId="77777777" w:rsidR="0050111B" w:rsidRDefault="0050111B" w:rsidP="0050111B">
+    <w:p w14:paraId="2B4C3052" w14:textId="77777777" w:rsidR="000B39BF" w:rsidRDefault="000B39BF" w:rsidP="000B39BF">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4276A4DD" w14:textId="77777777" w:rsidR="0050111B" w:rsidRDefault="0050111B" w:rsidP="0050111B">
+    <w:p w14:paraId="24E68851" w14:textId="77777777" w:rsidR="000B39BF" w:rsidRDefault="000B39BF" w:rsidP="000B39BF">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
-        <w:t>Pro školní rok 2024/2025 bylo přijato 14 dětí. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="5C9F871A" w14:textId="77777777" w:rsidR="0050111B" w:rsidRDefault="0050111B" w:rsidP="0050111B">
+        <w:t>Pro školní rok 2025/2026 bylo přijato 21dětí. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B084CB0" w14:textId="29BA8D4E" w:rsidR="000B39BF" w:rsidRDefault="000B39BF" w:rsidP="000B39BF">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
-        <w:t>Do ZŠ odešlo 16 dětí, 10 dětí má odklad školní docházky.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="6F0EE1F6" w14:textId="77777777" w:rsidR="0050111B" w:rsidRDefault="0050111B" w:rsidP="0050111B">
+        <w:t>Do ZŠ odešlo 25 dětí, 2 děti mají odklad školní docházky.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4872DDCB" w14:textId="77777777" w:rsidR="000B39BF" w:rsidRDefault="000B39BF" w:rsidP="000B39BF">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="28FF7B53" w14:textId="77777777" w:rsidR="0050111B" w:rsidRDefault="0050111B" w:rsidP="0050111B">
+    <w:p w14:paraId="79B39720" w14:textId="77777777" w:rsidR="000B39BF" w:rsidRDefault="000B39BF" w:rsidP="000B39BF">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> V prázdninovém období (srpen)byl provoz omezen a oddělení spojena do jedné třídy. V měsíci červenci byla MŠ uzavřena. Prostory v MŠ se malovaly a dovybavily novým nábytkem.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="6C2AFACA" w14:textId="77777777" w:rsidR="0050111B" w:rsidRDefault="0050111B" w:rsidP="0050111B">
+        <w:t xml:space="preserve"> V prázdninovém období (srpen)byl provoz omezen a oddělení spojena do jedné třídy. V měsíci červenci byla MŠ uzavřena. Prostory v MŠ – kuchyň, se rekonstruovala. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79B9936B" w14:textId="77777777" w:rsidR="000B39BF" w:rsidRDefault="000B39BF" w:rsidP="000B39BF">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="47E3F6D7" w14:textId="77777777" w:rsidR="0050111B" w:rsidRDefault="0050111B" w:rsidP="0050111B">
+    <w:p w14:paraId="5F59662E" w14:textId="77777777" w:rsidR="000B39BF" w:rsidRDefault="000B39BF" w:rsidP="000B39BF">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve">3. 1. Vzdělávací koncepce </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F817FD5" w14:textId="77777777" w:rsidR="0050111B" w:rsidRDefault="0050111B" w:rsidP="0050111B">
+    <w:p w14:paraId="03B1EBB9" w14:textId="77777777" w:rsidR="000B39BF" w:rsidRDefault="000B39BF" w:rsidP="000B39BF">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7611CD2A" w14:textId="77777777" w:rsidR="0050111B" w:rsidRDefault="0050111B" w:rsidP="0050111B">
+    <w:p w14:paraId="5BACD918" w14:textId="77777777" w:rsidR="000B39BF" w:rsidRDefault="000B39BF" w:rsidP="000B39BF">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve">Školní vzdělávací program je vypracován pro celou Mateřskou školu. Učitelky si vypracovávají Třídní vzdělávací program, který přizpůsobují tak, aby byl přiměřený věkovým skupinám, se kterými </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>pracují</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> a přitom navazoval na Školní vzdělávací program a Rámcově vzdělávací program. Je tvořen 5 integrovanými bloky, které jsou dále rozpracovány do dalších témat, a je doplněn metodickým průvodcem. Každé téma obsahuje 4-5 podtémat. Prostřednictvím zvolených témat je naplňován obsah Rámcového programu ve smyslu cílů daných školním programem, prostředím Mateřské školy, tradicemi obce, zkušenostmi učitelek a jejich specifickým zaměřením.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23F8CCB4" w14:textId="77777777" w:rsidR="0050111B" w:rsidRDefault="0050111B" w:rsidP="0050111B">
+    <w:p w14:paraId="1111531A" w14:textId="77777777" w:rsidR="000B39BF" w:rsidRDefault="000B39BF" w:rsidP="000B39BF">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve">Úkoly jsou upraveny pro 3 věkové skupiny. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1AD1E664" w14:textId="77777777" w:rsidR="0050111B" w:rsidRDefault="0050111B" w:rsidP="0050111B">
+    <w:p w14:paraId="60ADB6B4" w14:textId="77777777" w:rsidR="000B39BF" w:rsidRDefault="000B39BF" w:rsidP="000B39BF">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve">Plány činností jsou zpracovávány týdně a pravidelně zveřejňovány na nástěnce pro rodiče. Snažíme se dětem zprostředkovat co nejvíce poznatků, zejména formou vlastních zkušeností a názorných činností, zajistit jim bezpečné, přátelské a radostné prostředí.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01804B5F" w14:textId="77777777" w:rsidR="0050111B" w:rsidRDefault="0050111B" w:rsidP="0050111B">
+    <w:p w14:paraId="03470251" w14:textId="77777777" w:rsidR="000B39BF" w:rsidRDefault="000B39BF" w:rsidP="000B39BF">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>Výchovně vzdělávací činnost je zaměřena i na plnění úkolů environmentální výchovy.   Děti se do nich aktivně zapojují, plní zadané úkoly a porovnávají své zkušenosti ze svého okolí. V praxi se děti při vycházkách učí orientovat v přírodě, bezpečně se v ní pohybovat a chránit prostředí, ve kterém žijí. Díky přírodní zahradě u nového pavilonu, mají děti možnost učit se a přispět při péči o zeleň, pozorují hmyz, ptáčky, které po celou zimu krmí do krmítek.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31D8221A" w14:textId="77777777" w:rsidR="0050111B" w:rsidRDefault="0050111B" w:rsidP="0050111B">
+    <w:p w14:paraId="5630989E" w14:textId="77777777" w:rsidR="000B39BF" w:rsidRDefault="000B39BF" w:rsidP="000B39BF">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0E03B0F0" w14:textId="77777777" w:rsidR="0050111B" w:rsidRDefault="0050111B" w:rsidP="0050111B">
+    <w:p w14:paraId="215BD246" w14:textId="77777777" w:rsidR="000B39BF" w:rsidRDefault="000B39BF" w:rsidP="000B39BF">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
+        <w:t>Učitelky se průběžně vzdělávají, studují a čerpají nové náměty, které si upravují dle aktuálnosti, věkových skupin dětí a profesního zaměření každé z nich.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A9E8EFC" w14:textId="77777777" w:rsidR="000B39BF" w:rsidRDefault="000B39BF" w:rsidP="000B39BF">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Cíle výchovně vzdělávací práce jsou rozpracovány velmi podrobně a jsou systematicky </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FE0454C" w14:textId="77777777" w:rsidR="000B39BF" w:rsidRDefault="000B39BF" w:rsidP="000B39BF">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">navazující. Umožňují tvořivě pracovat dle aktuálních potřeb dětí, učitelek, vybavení třídy, či ročních období.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29CF2FBB" w14:textId="77777777" w:rsidR="000B39BF" w:rsidRDefault="000B39BF" w:rsidP="000B39BF">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
         <w:t xml:space="preserve">Je stanoveno pět hlavních oblastí pro výchovně vzdělávací práci:  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3EA79964" w14:textId="77777777" w:rsidR="0050111B" w:rsidRDefault="0050111B" w:rsidP="0050111B">
+    <w:p w14:paraId="0C66D87A" w14:textId="77777777" w:rsidR="000B39BF" w:rsidRDefault="000B39BF" w:rsidP="000B39BF">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3EB45FA1" w14:textId="77777777" w:rsidR="0050111B" w:rsidRDefault="0050111B" w:rsidP="0050111B">
+    <w:p w14:paraId="608B74FE" w14:textId="77777777" w:rsidR="000B39BF" w:rsidRDefault="000B39BF" w:rsidP="000B39BF">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve">Dítě a jeho tělo  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28C57636" w14:textId="77777777" w:rsidR="0050111B" w:rsidRDefault="0050111B" w:rsidP="0050111B">
+    <w:p w14:paraId="611428B6" w14:textId="77777777" w:rsidR="000B39BF" w:rsidRDefault="000B39BF" w:rsidP="000B39BF">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve">Dítě a jeho psychika  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A54BD79" w14:textId="77777777" w:rsidR="0050111B" w:rsidRDefault="0050111B" w:rsidP="0050111B">
+    <w:p w14:paraId="5D6AB24B" w14:textId="77777777" w:rsidR="000B39BF" w:rsidRDefault="000B39BF" w:rsidP="000B39BF">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve">Dítě a ten druhý  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FF5AC36" w14:textId="77777777" w:rsidR="0050111B" w:rsidRDefault="0050111B" w:rsidP="0050111B">
+    <w:p w14:paraId="6146E1D4" w14:textId="77777777" w:rsidR="000B39BF" w:rsidRDefault="000B39BF" w:rsidP="000B39BF">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Dítě a společnost </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EDC8AFA" w14:textId="77777777" w:rsidR="0050111B" w:rsidRDefault="0050111B" w:rsidP="0050111B">
+    <w:p w14:paraId="77526225" w14:textId="77777777" w:rsidR="000B39BF" w:rsidRDefault="000B39BF" w:rsidP="000B39BF">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve">Dítě a svět </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1DCC8039" w14:textId="77777777" w:rsidR="0050111B" w:rsidRDefault="0050111B" w:rsidP="0050111B">
+    <w:p w14:paraId="2E8C275E" w14:textId="77777777" w:rsidR="000B39BF" w:rsidRDefault="000B39BF" w:rsidP="000B39BF">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="495FD7A8" w14:textId="77777777" w:rsidR="0050111B" w:rsidRDefault="0050111B" w:rsidP="0050111B">
+    <w:p w14:paraId="51CF19CA" w14:textId="77777777" w:rsidR="000B39BF" w:rsidRDefault="000B39BF" w:rsidP="000B39BF">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve">Zadané úkoly lze velmi dobře realizovat pro všechny věkové skupiny. S dětmi pracujeme individuálně i skupinově.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CE136C6" w14:textId="77777777" w:rsidR="0050111B" w:rsidRDefault="0050111B" w:rsidP="0050111B">
+    <w:p w14:paraId="111D2FA8" w14:textId="77777777" w:rsidR="000B39BF" w:rsidRDefault="000B39BF" w:rsidP="000B39BF">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve">Pozornost je věnována především rozvoji kognitivních dovedností, sebeobsluhy, samostatnosti, slovní zásoby, souvislému vyjadřování a výslovnosti dětí.   </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66FF3599" w14:textId="77777777" w:rsidR="0050111B" w:rsidRDefault="0050111B" w:rsidP="0050111B">
+    <w:p w14:paraId="27B9E845" w14:textId="77777777" w:rsidR="000B39BF" w:rsidRDefault="000B39BF" w:rsidP="000B39BF">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Děti jsou vedeny k všestrannému rozvoji motoriky hrubé i jemné a rozvoji všeobecných znalostí.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67B82F88" w14:textId="77777777" w:rsidR="0050111B" w:rsidRDefault="0050111B" w:rsidP="0050111B">
+    <w:p w14:paraId="2210674D" w14:textId="77777777" w:rsidR="000B39BF" w:rsidRDefault="000B39BF" w:rsidP="000B39BF">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve">Výchovně vzdělávací činnost s dětmi je pravidelně hodnocena a stanovené cíle jsou průběžně plněny a hodnoceny /příloha týdenních plánů/.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20046566" w14:textId="77777777" w:rsidR="0050111B" w:rsidRDefault="0050111B" w:rsidP="0050111B">
+    <w:p w14:paraId="6A57AC58" w14:textId="77777777" w:rsidR="000B39BF" w:rsidRDefault="000B39BF" w:rsidP="000B39BF">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="63B2D098" w14:textId="77777777" w:rsidR="0050111B" w:rsidRDefault="0050111B" w:rsidP="0050111B">
+    <w:p w14:paraId="407B8EB9" w14:textId="77777777" w:rsidR="000B39BF" w:rsidRDefault="000B39BF" w:rsidP="000B39BF">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>Individuální práce s předškolními dětmi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5DF94F8D" w14:textId="77777777" w:rsidR="0050111B" w:rsidRDefault="0050111B" w:rsidP="0050111B">
+    <w:p w14:paraId="5F1F387B" w14:textId="77777777" w:rsidR="000B39BF" w:rsidRDefault="000B39BF" w:rsidP="000B39BF">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve">Specifickou skupinu dětí tvoří děti těsně před nástupem do ZŠ. Tyto děti nemusí již odpočívat na lehátku, i když je mají v případě potřeby k dispozici. Ve třídě tráví čas klidovými herními a odpočinkovými aktivitami.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="406DC97C" w14:textId="77777777" w:rsidR="0050111B" w:rsidRDefault="0050111B" w:rsidP="0050111B">
+    <w:p w14:paraId="4BC6A864" w14:textId="77777777" w:rsidR="000B39BF" w:rsidRDefault="000B39BF" w:rsidP="000B39BF">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve">Předškolní děti jsou důsledně připravovány ke vstupu do ZŠ. Úzce spolupracujeme se Základní </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>školou,  s</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> odborníky na předškolní výchovu (PPP, SPC, Ranná péče…),  případné potíže dětí s nimi a s rodiči konzultujeme. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="4ED77E27" w14:textId="77777777" w:rsidR="0050111B" w:rsidRDefault="0050111B" w:rsidP="0050111B">
+        <w:t xml:space="preserve"> odborníky na předškolní výchovu (PPP, SPC, Ranná péče…</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>),  případné</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> potíže dětí s nimi a s rodiči konzultujeme. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F36D8C6" w14:textId="77777777" w:rsidR="000B39BF" w:rsidRDefault="000B39BF" w:rsidP="000B39BF">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>Důraz klademe na jazykovou průpravu – logopedické hrátky a cvičení, sebeobslužné činnosti.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C0F6B6B" w14:textId="77777777" w:rsidR="0050111B" w:rsidRDefault="0050111B" w:rsidP="0050111B">
+    <w:p w14:paraId="1626F29B" w14:textId="77777777" w:rsidR="000B39BF" w:rsidRDefault="000B39BF" w:rsidP="000B39BF">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1EDBC2D1" w14:textId="77777777" w:rsidR="0050111B" w:rsidRDefault="0050111B" w:rsidP="0050111B">
+    <w:p w14:paraId="6F35F381" w14:textId="77777777" w:rsidR="000B39BF" w:rsidRDefault="000B39BF" w:rsidP="000B39BF">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
-        <w:jc w:val="both"/>
-[...8 lines deleted...]
-    <w:p w14:paraId="6FCD8192" w14:textId="77777777" w:rsidR="0050111B" w:rsidRDefault="0050111B" w:rsidP="0050111B">
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="03CB9BD8" w14:textId="77777777" w:rsidR="000B39BF" w:rsidRDefault="000B39BF" w:rsidP="000B39BF">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="35266A3D" w14:textId="77777777" w:rsidR="000B39BF" w:rsidRDefault="000B39BF" w:rsidP="000B39BF">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve">3.2. Přehled pracovníků MŠ </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39F0C057" w14:textId="77777777" w:rsidR="0050111B" w:rsidRDefault="0050111B" w:rsidP="0050111B">
+    <w:p w14:paraId="1DC6658D" w14:textId="77777777" w:rsidR="000B39BF" w:rsidRDefault="000B39BF" w:rsidP="000B39BF">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4646265D" w14:textId="73716C76" w:rsidR="0050111B" w:rsidRPr="00177BDA" w:rsidRDefault="0050111B" w:rsidP="0050111B">
+    <w:p w14:paraId="5F329F53" w14:textId="77777777" w:rsidR="000B39BF" w:rsidRDefault="000B39BF" w:rsidP="000B39BF">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
-        <w:t>Ve školním roce 2023/2024 pracovalo v Mateřské škole</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00177BDA">
+        <w:t>Ve školním roce 2024/2025 pracovalo v Mateřské škole</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34170979" w14:textId="77777777" w:rsidR="000B39BF" w:rsidRDefault="000B39BF" w:rsidP="000B39BF">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>6 pedagogických pracovnic a 4 asistentky pedagoga.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72D32405" w14:textId="77777777" w:rsidR="000B39BF" w:rsidRDefault="000B39BF" w:rsidP="000B39BF">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>Učitelky se v průběhu celého roku vzdělávaly v rámci DVPP. Náplň témat DVPP byla na začátku roku předána a každý měsíc při společných setkáních jsme na každé téma diskutovaly a předávaly si získané znalosti a dovednosti.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2919D572" w14:textId="77777777" w:rsidR="000B39BF" w:rsidRDefault="000B39BF" w:rsidP="000B39BF">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>Zúčastňovaly jsme se Odborných seminářů, školení, mnoho informací jsme získaly formou samostudia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F1E332E" w14:textId="77777777" w:rsidR="000B39BF" w:rsidRDefault="000B39BF" w:rsidP="000B39BF">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="249E5177" w14:textId="77777777" w:rsidR="000B39BF" w:rsidRDefault="000B39BF" w:rsidP="000B39BF">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>Třída Medvídci (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>5 – 6</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> let) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68A80F54" w14:textId="77777777" w:rsidR="000B39BF" w:rsidRDefault="000B39BF" w:rsidP="000B39BF">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Jana </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>Benčová</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - učitelka</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pověřená vedením MŠ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12610633" w14:textId="77777777" w:rsidR="000B39BF" w:rsidRDefault="000B39BF" w:rsidP="000B39BF">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lucie Maurerová – učitelka    </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F378F98" w14:textId="77777777" w:rsidR="000B39BF" w:rsidRDefault="000B39BF" w:rsidP="000B39BF">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>Eliška Augustinová – asistent pedagoga</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="018C957C" w14:textId="77777777" w:rsidR="000B39BF" w:rsidRDefault="000B39BF" w:rsidP="000B39BF">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>Zdeňka Böhmová– asistent pedagoga</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="094F72AB" w14:textId="77777777" w:rsidR="000B39BF" w:rsidRDefault="000B39BF" w:rsidP="000B39BF">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="47EEBB93" w14:textId="77777777" w:rsidR="000B39BF" w:rsidRDefault="000B39BF" w:rsidP="000B39BF">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>Třída Berušky (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>3 – 5</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> let) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C9ED740" w14:textId="77777777" w:rsidR="000B39BF" w:rsidRDefault="000B39BF" w:rsidP="000B39BF">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Martina Hradská – učitelka </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64B47024" w14:textId="77777777" w:rsidR="000B39BF" w:rsidRDefault="000B39BF" w:rsidP="000B39BF">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Kateřina </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>Dunková - učitelka</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-    <w:p w14:paraId="0C3A9262" w14:textId="77777777" w:rsidR="0050111B" w:rsidRDefault="0050111B" w:rsidP="0050111B">
+    </w:p>
+    <w:p w14:paraId="793EF043" w14:textId="77777777" w:rsidR="000B39BF" w:rsidRDefault="000B39BF" w:rsidP="000B39BF">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
-        <w:t>Učitelky se v průběhu celého roku vzdělávaly v rámci DVPP. Náplň témat DVPP byla na začátku roku předána a každý měsíc při společných setkáních jsme na každé téma diskutovaly a předávaly si získané znalosti a dovednosti.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="3E0E6FDA" w14:textId="1EBE28D6" w:rsidR="0050111B" w:rsidRDefault="0050111B" w:rsidP="0050111B">
+        <w:t>Anna Ondráčková – asistent pedagoga</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E943CB6" w14:textId="77777777" w:rsidR="000B39BF" w:rsidRDefault="000B39BF" w:rsidP="000B39BF">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...28 lines deleted...]
-    <w:p w14:paraId="4AE5C527" w14:textId="77777777" w:rsidR="0050111B" w:rsidRDefault="0050111B" w:rsidP="0050111B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="17EA146C" w14:textId="77777777" w:rsidR="000B39BF" w:rsidRDefault="000B39BF" w:rsidP="000B39BF">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="cs-CZ"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="6BC94387" w14:textId="77777777" w:rsidR="0050111B" w:rsidRDefault="0050111B" w:rsidP="0050111B">
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Třída Sovičky </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>( 3</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – 5 let) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A1E21EB" w14:textId="77777777" w:rsidR="000B39BF" w:rsidRDefault="000B39BF" w:rsidP="000B39BF">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tereza </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>Bořucká</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – učitelka  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4107EE11" w14:textId="77777777" w:rsidR="000B39BF" w:rsidRDefault="000B39BF" w:rsidP="000B39BF">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>Bc.Daniela</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Votýpková– učitelka</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6844D6C5" w14:textId="77777777" w:rsidR="000B39BF" w:rsidRDefault="000B39BF" w:rsidP="000B39BF">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>Štěpánka Klímová – asistent pedagoga</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33F0202E" w14:textId="77777777" w:rsidR="000B39BF" w:rsidRDefault="000B39BF" w:rsidP="000B39BF">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1E0F4BAC" w14:textId="77777777" w:rsidR="000B39BF" w:rsidRDefault="000B39BF" w:rsidP="000B39BF">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4BD6B97C" w14:textId="77777777" w:rsidR="000B39BF" w:rsidRDefault="000B39BF" w:rsidP="000B39BF">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve">Provozní zaměstnanci: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0796A623" w14:textId="77777777" w:rsidR="000B39BF" w:rsidRDefault="000B39BF" w:rsidP="000B39BF">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>Šárka  Böhmová</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - uklízečka</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39704942" w14:textId="77777777" w:rsidR="000B39BF" w:rsidRDefault="000B39BF" w:rsidP="000B39BF">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Miroslava </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>Bicková</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - uklízečka</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="23B739D4" w14:textId="77777777" w:rsidR="000B39BF" w:rsidRDefault="000B39BF" w:rsidP="000B39BF">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
-        <w:t>Třída Medvídci (</w:t>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="47322D1E" w14:textId="77777777" w:rsidR="000B39BF" w:rsidRDefault="000B39BF" w:rsidP="000B39BF">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
-        <w:t>5 – 6</w:t>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6AF9AD17" w14:textId="77777777" w:rsidR="000B39BF" w:rsidRDefault="000B39BF" w:rsidP="000B39BF">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> let) </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="2330947F" w14:textId="52E54214" w:rsidR="0050111B" w:rsidRDefault="0050111B" w:rsidP="0050111B">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0772395B" w14:textId="77777777" w:rsidR="000B39BF" w:rsidRDefault="000B39BF" w:rsidP="000B39BF">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">Heidi  </w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="440EFE0C" w14:textId="77777777" w:rsidR="000B39BF" w:rsidRDefault="000B39BF" w:rsidP="000B39BF">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0E34EFB9" w14:textId="77777777" w:rsidR="000B39BF" w:rsidRDefault="000B39BF" w:rsidP="000B39BF">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1FDD4C20" w14:textId="77777777" w:rsidR="000B39BF" w:rsidRDefault="000B39BF" w:rsidP="000B39BF">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.3. Akce školy </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07BE18C8" w14:textId="77777777" w:rsidR="000B39BF" w:rsidRDefault="000B39BF" w:rsidP="000B39BF">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="22C96A21" w14:textId="77777777" w:rsidR="000B39BF" w:rsidRDefault="000B39BF" w:rsidP="000B39BF">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pro děti jsou připravovány i vedlejší aktivity v rámci Mateřské školy. Přizvali jsme odborníky EKO výchovy.  Do MŠ jezdila malá divadelní uskupení s představením pro děti. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23F933AE" w14:textId="77777777" w:rsidR="000B39BF" w:rsidRDefault="000B39BF" w:rsidP="000B39BF">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2A405CD3" w14:textId="77777777" w:rsidR="000B39BF" w:rsidRDefault="000B39BF" w:rsidP="000B39BF">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>Ve spolupráci všech učitelek Mateřské školy jsme opět pokračovali na společných projektech pro všechny třídy. Organizovali jsme různé tematické akce ve venkovním prostředí.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0235D07D" w14:textId="77777777" w:rsidR="000B39BF" w:rsidRDefault="000B39BF" w:rsidP="000B39BF">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> „</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
-        <w:t>Ruschaková</w:t>
+        <w:t>Kájovské</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B87415">
-[...18 lines deleted...]
-    <w:p w14:paraId="19BD88C2" w14:textId="46160CA5" w:rsidR="0050111B" w:rsidRDefault="0050111B" w:rsidP="0050111B">
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>pouťování</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“, „Podzimní </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>strašidýlkování</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>“, Sportovní olympiádu, ke Dni dětí Karneval, Čarodějnické dopoledne.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="658C09F9" w14:textId="67EDF128" w:rsidR="000B39BF" w:rsidRDefault="000B39BF" w:rsidP="000B39BF">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Lucie Maurerová </w:t>
-[...8 lines deleted...]
-        <w:tab/>
+        <w:t xml:space="preserve">S předškoláky jsme se zúčastnili Plaveckého výcviku </w:t>
+      </w:r>
+      <w:r w:rsidR="00053A18">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>ve Větřní</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>, byli jsme na polodenním výletě v </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>Záhorkově</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48678900" w14:textId="77777777" w:rsidR="000B39BF" w:rsidRDefault="000B39BF" w:rsidP="000B39BF">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>Ve spolupráci s obcí jsme připravili program na Vítání občánků, zahájení Adventu a Setkání seniorů.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46FF92ED" w14:textId="77777777" w:rsidR="000B39BF" w:rsidRDefault="000B39BF" w:rsidP="000B39BF">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Závěrečné rozloučení s předškoláky proběhlo v měsíci červnu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55B46457" w14:textId="77777777" w:rsidR="000B39BF" w:rsidRDefault="000B39BF" w:rsidP="000B39BF">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="047A3A12" w14:textId="77777777" w:rsidR="000B39BF" w:rsidRDefault="000B39BF" w:rsidP="000B39BF">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...922 lines deleted...]
-    <w:p w14:paraId="7E848D94" w14:textId="77777777" w:rsidR="0050111B" w:rsidRDefault="0050111B" w:rsidP="0050111B">
+    </w:p>
+    <w:p w14:paraId="60127D8F" w14:textId="77777777" w:rsidR="000B39BF" w:rsidRDefault="000B39BF" w:rsidP="000B39BF">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="16"/>
+          <w:numId w:val="17"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve">Spolupráce se ZŠ: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E385F81" w14:textId="77777777" w:rsidR="0050111B" w:rsidRDefault="0050111B" w:rsidP="0050111B">
+    <w:p w14:paraId="4067B98E" w14:textId="77777777" w:rsidR="000B39BF" w:rsidRDefault="000B39BF" w:rsidP="000B39BF">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>Děti zdejší základní školy nám pomáhají při organizaci příchodu Mikuláše a čertů, přichází k nám Lucie a Masopust.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13B4AAA9" w14:textId="77777777" w:rsidR="0050111B" w:rsidRDefault="0050111B" w:rsidP="0050111B">
+    <w:p w14:paraId="664657EC" w14:textId="77777777" w:rsidR="000B39BF" w:rsidRDefault="000B39BF" w:rsidP="000B39BF">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>Spolupracujeme s učitelkou budoucí první třídy. Před zápisem do ZŠ jsme byli s předškoláky na návštěvě v ZŠ.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1503E439" w14:textId="77777777" w:rsidR="0050111B" w:rsidRDefault="0050111B" w:rsidP="0050111B">
+    <w:p w14:paraId="33A7E2AF" w14:textId="77777777" w:rsidR="000B39BF" w:rsidRDefault="000B39BF" w:rsidP="000B39BF">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5157157B" w14:textId="77777777" w:rsidR="0050111B" w:rsidRDefault="0050111B" w:rsidP="0050111B">
+    <w:p w14:paraId="4AB02745" w14:textId="77777777" w:rsidR="000B39BF" w:rsidRDefault="000B39BF" w:rsidP="000B39BF">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="16"/>
+          <w:numId w:val="17"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>Spolupráce s rodiči:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14DFE10F" w14:textId="77777777" w:rsidR="0050111B" w:rsidRDefault="0050111B" w:rsidP="0050111B">
+    <w:p w14:paraId="62DF57C8" w14:textId="77777777" w:rsidR="000B39BF" w:rsidRDefault="000B39BF" w:rsidP="000B39BF">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve">Rodiče mají čím dál tím větší zájem o dění v MŠ. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6BC9B9F7" w14:textId="00316307" w:rsidR="0050111B" w:rsidRDefault="0050111B" w:rsidP="0050111B">
+    <w:p w14:paraId="2D378C11" w14:textId="469897B4" w:rsidR="000B39BF" w:rsidRDefault="000B39BF" w:rsidP="000B39BF">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
-        <w:t>V loňském roce proběhl Vánoční setkání s tvořením, setkání pro maminky s tvořením.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="34F01771" w14:textId="77777777" w:rsidR="0050111B" w:rsidRDefault="0050111B" w:rsidP="0050111B">
+        <w:t>V loňském roce proběhla Vánoční setkání s tvořením, setkání pro maminky s tvořením.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47053E0B" w14:textId="6700A862" w:rsidR="000B39BF" w:rsidRDefault="000B39BF" w:rsidP="000B39BF">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve">Rodiče </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>pomáhají  na</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> naší přírodní zahradě při akcích „Uspávání zahrady“, „Odemykání zahrady“. Obě tyto akce jsme si velice užili.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="79C0144D" w14:textId="77777777" w:rsidR="0050111B" w:rsidRDefault="0050111B" w:rsidP="0050111B">
+        <w:t xml:space="preserve"> naší přírodní zahradě při akcích „Uspávání zahrady“, „Odemykání zahrady“. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F2A0BFB" w14:textId="77777777" w:rsidR="000B39BF" w:rsidRDefault="000B39BF" w:rsidP="000B39BF">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="58D7CE66" w14:textId="77777777" w:rsidR="0050111B" w:rsidRDefault="0050111B" w:rsidP="0050111B">
+    <w:p w14:paraId="7B1A69CE" w14:textId="77777777" w:rsidR="000B39BF" w:rsidRDefault="000B39BF" w:rsidP="000B39BF">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve">3.4. Nedostatky </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A1605C7" w14:textId="77777777" w:rsidR="0050111B" w:rsidRDefault="0050111B" w:rsidP="0050111B">
-[...11 lines deleted...]
-    <w:p w14:paraId="69E8A49E" w14:textId="77777777" w:rsidR="0050111B" w:rsidRDefault="0050111B" w:rsidP="0050111B">
+    <w:p w14:paraId="3F5A0AEF" w14:textId="77777777" w:rsidR="000B39BF" w:rsidRDefault="000B39BF" w:rsidP="000B39BF">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve">V domácím prostředí i naše děti tráví poměrně dlouhou dobu u počítačů a televize. To má nutně souvislost s jejich problémy ve vzájemné komunikaci a vyjadřovacích schopnostech. Také z tohoto důvodu je potřeba důsledně rozvíjet jejich slovní projev a odstraňování vad řeči. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D002EDF" w14:textId="77777777" w:rsidR="0050111B" w:rsidRDefault="0050111B" w:rsidP="0050111B">
+    <w:p w14:paraId="7C62397A" w14:textId="77777777" w:rsidR="000B39BF" w:rsidRDefault="000B39BF" w:rsidP="000B39BF">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve">Mnoha dětem chybí samostatnost při sebeobsluze (oblékání, hygienické návyky, stolování). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B12E2F3" w14:textId="77777777" w:rsidR="0050111B" w:rsidRDefault="0050111B" w:rsidP="0050111B">
+    <w:p w14:paraId="5F440889" w14:textId="77777777" w:rsidR="000B39BF" w:rsidRDefault="000B39BF" w:rsidP="000B39BF">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve">Pozornost je nadále potřeba věnovat i rozvoji </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>grafomotoriky,  logickému</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> myšlení. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E995820" w14:textId="77777777" w:rsidR="0050111B" w:rsidRDefault="0050111B" w:rsidP="0050111B">
+    <w:p w14:paraId="50085C7D" w14:textId="77777777" w:rsidR="000B39BF" w:rsidRDefault="000B39BF" w:rsidP="000B39BF">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">U dětí převládá vadné držení těla, proto je nutné posilovat svalové skupiny celého těla vhodným cvičením, pracovat s dětmi individuálně. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="2BD680EB" w14:textId="77777777" w:rsidR="0050111B" w:rsidRDefault="0050111B" w:rsidP="0050111B">
+        <w:t xml:space="preserve">U dětí převládá vadné držení těla, proto je nutné posilovat svalové skupiny celého těla    </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>hovnými</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> potřebami</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BD116C0" w14:textId="77777777" w:rsidR="000B39BF" w:rsidRDefault="000B39BF" w:rsidP="000B39BF">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
-        <w:ind w:firstLine="708"/>
-[...9 lines deleted...]
-    <w:p w14:paraId="5F1C812D" w14:textId="77777777" w:rsidR="0050111B" w:rsidRDefault="0050111B" w:rsidP="0050111B">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4F62C0CE" w14:textId="77777777" w:rsidR="000B39BF" w:rsidRDefault="000B39BF" w:rsidP="000B39BF">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:jc w:val="both"/>
-      </w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.6. Údaje o výsledcích inspekční činnosti provedené Českou školní inspekcí </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A8B7ED2" w14:textId="77777777" w:rsidR="000B39BF" w:rsidRDefault="000B39BF" w:rsidP="000B39BF">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7242450E" w14:textId="77777777" w:rsidR="00FD1686" w:rsidRDefault="000B39BF" w:rsidP="000B39BF">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">V průběhu vzdělávání více využívat diferenciace a prvků formativního hodnocení, sebehodnocení a vzájemné hodnocení, jako nástroj </w:t>
+      </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
-        <w:t>3</w:t>
-      </w:r>
+        <w:t>pro  zkvalitnění</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vzdělávacího pokroku každého dít</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD1686">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ě </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EB79188" w14:textId="1403D655" w:rsidR="000B39BF" w:rsidRPr="000B39BF" w:rsidRDefault="000B39BF" w:rsidP="000B39BF">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
-        <w:t>.5.  Cíle</w:t>
+        <w:t>3.7. Úrazy:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1356FDC1" w14:textId="77777777" w:rsidR="000B39BF" w:rsidRDefault="000B39BF" w:rsidP="000B39BF">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>Školní:  lehké</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...13 lines deleted...]
-        </w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> odřeniny, boule, vyndaná klíšťata, naraženina</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B518598" w14:textId="77777777" w:rsidR="000B39BF" w:rsidRDefault="000B39BF" w:rsidP="000B39BF">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="517EDFB3" w14:textId="77777777" w:rsidR="000B39BF" w:rsidRDefault="000B39BF" w:rsidP="000B39BF">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0B58BACF" w14:textId="77777777" w:rsidR="000B39BF" w:rsidRDefault="000B39BF" w:rsidP="000B39BF">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>Pracovní: 0</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53BCF51E" w14:textId="77777777" w:rsidR="00F738AE" w:rsidRDefault="00F738AE" w:rsidP="000B39BF">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="66035670" w14:textId="77777777" w:rsidR="000B39BF" w:rsidRDefault="000B39BF" w:rsidP="000B39BF">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="639471F7" w14:textId="77777777" w:rsidR="0050111B" w:rsidRDefault="0050111B" w:rsidP="0050111B">
+    <w:p w14:paraId="039B1D69" w14:textId="77777777" w:rsidR="000B39BF" w:rsidRDefault="000B39BF" w:rsidP="00A4064F">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="50E4E9AB" w14:textId="77777777" w:rsidR="0050111B" w:rsidRDefault="0050111B" w:rsidP="0050111B">
+    <w:p w14:paraId="3DA01B91" w14:textId="40226C22" w:rsidR="00C203EE" w:rsidRPr="000B39BF" w:rsidRDefault="00B150A9" w:rsidP="00A4064F">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
-        <w:numPr>
-[...281 lines deleted...]
-        <w:pStyle w:val="Standard"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...141 lines deleted...]
-        <w:jc w:val="both"/>
+      <w:r w:rsidR="00C203EE" w:rsidRPr="00C203EE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
-      </w:pPr>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>4. Školní jídelna</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="472FE640" w14:textId="77777777" w:rsidR="00E52867" w:rsidRPr="00C203EE" w:rsidRDefault="00E52867" w:rsidP="00A4064F">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="424E574D" w14:textId="147F0809" w:rsidR="00C203EE" w:rsidRPr="00C203EE" w:rsidRDefault="00C203EE" w:rsidP="00E52867">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C203EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Školní kuchyně je umístěna v objektu MŠ Kájov, nachází </w:t>
+      </w:r>
+      <w:r w:rsidR="006E41B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">se </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C203EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tu i jídelna pro MŠ. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="527805B4" w14:textId="699B5B0E" w:rsidR="00C203EE" w:rsidRPr="00C203EE" w:rsidRDefault="00C203EE" w:rsidP="00A4064F">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C203EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Jídelna  </w:t>
+      </w:r>
+      <w:r w:rsidR="00414412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00414412">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> výdejna </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C203EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>pro ZŠ se nachází v budově základní školy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="617FB756" w14:textId="2D94C85F" w:rsidR="00C203EE" w:rsidRPr="00C203EE" w:rsidRDefault="00C203EE" w:rsidP="00A4064F">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C203EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Obědy do výdejny ZŠ převáží firma </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C203EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>Konibar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C203EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Vejvoda s.r.o.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26748852" w14:textId="7D050FF8" w:rsidR="00C203EE" w:rsidRPr="00A4064F" w:rsidRDefault="0050111B" w:rsidP="00A4064F">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Jedno </w:t>
       </w:r>
       <w:r w:rsidR="00C203EE" w:rsidRPr="00C203EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>ítě</w:t>
+      </w:r>
+      <w:r w:rsidR="00C203EE" w:rsidRPr="00C203EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> měl</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidR="00C203EE" w:rsidRPr="00C203EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> hrazené obědy z projektu </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Obědy pro jihočeské děti </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C8ECD36" w14:textId="6D637791" w:rsidR="00E52867" w:rsidRPr="00E52867" w:rsidRDefault="00C203EE" w:rsidP="00C203EE">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...231 lines deleted...]
-        <w:jc w:val="both"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C203EE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00C203EE">
+        <w:t>4.1. Počet strávníků:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1618F8C5" w14:textId="4C3C82E3" w:rsidR="00C203EE" w:rsidRPr="00C203EE" w:rsidRDefault="00C203EE" w:rsidP="00C203EE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C203EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Celkem </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C203EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00073CA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>75</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C203EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>strávníků</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="570C6965" w14:textId="6E0A5D0A" w:rsidR="00C203EE" w:rsidRPr="00C203EE" w:rsidRDefault="00C203EE" w:rsidP="00C203EE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C203EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>MŠ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C203EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C203EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00073CA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>60</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C203EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> strávníků</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12341AA4" w14:textId="46714467" w:rsidR="00C203EE" w:rsidRPr="00C203EE" w:rsidRDefault="00C203EE" w:rsidP="00C203EE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C203EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ZŠ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C203EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C203EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="0050111B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C203EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00073CA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>91</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C203EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> strávníků</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73EEBBF9" w14:textId="72AAB46A" w:rsidR="00C203EE" w:rsidRPr="00C203EE" w:rsidRDefault="00C203EE" w:rsidP="00C203EE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C203EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>Dospělí</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C203EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00073CA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>24</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C203EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> strávníků</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28AE3AB7" w14:textId="77777777" w:rsidR="00C203EE" w:rsidRPr="00C203EE" w:rsidRDefault="00C203EE" w:rsidP="00C203EE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
-        <w:t>4.1. Počet strávníků:</w:t>
-[...248 lines deleted...]
-    <w:p w14:paraId="28AE3AB7" w14:textId="77777777" w:rsidR="00C203EE" w:rsidRPr="00C203EE" w:rsidRDefault="00C203EE" w:rsidP="00C203EE">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3F0F50AD" w14:textId="77777777" w:rsidR="00C203EE" w:rsidRPr="00C203EE" w:rsidRDefault="00C203EE" w:rsidP="00C203EE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3F0F50AD" w14:textId="77777777" w:rsidR="00C203EE" w:rsidRPr="00C203EE" w:rsidRDefault="00C203EE" w:rsidP="00C203EE">
+    <w:p w14:paraId="4996E0A7" w14:textId="77777777" w:rsidR="00C203EE" w:rsidRDefault="00C203EE" w:rsidP="00C203EE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...3 lines deleted...]
-        <w:jc w:val="both"/>
+      <w:r w:rsidRPr="00C203EE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00C203EE">
+        <w:t>4.2. Přehled pracovníků školní jídelny:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24B42C84" w14:textId="77777777" w:rsidR="00E52867" w:rsidRPr="00C203EE" w:rsidRDefault="00E52867" w:rsidP="00C203EE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="61A81085" w14:textId="7E29D1A1" w:rsidR="00C203EE" w:rsidRPr="00C203EE" w:rsidRDefault="00073CA0" w:rsidP="00C203EE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>Bc. Eva Láníková</w:t>
+      </w:r>
+      <w:r w:rsidR="00C203EE" w:rsidRPr="00C203EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C203EE" w:rsidRPr="00C203EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00C203EE" w:rsidRPr="00C203EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>vedoucí školní jídelny</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="078E9802" w14:textId="77777777" w:rsidR="00C203EE" w:rsidRPr="00C203EE" w:rsidRDefault="00C203EE" w:rsidP="00C203EE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C203EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lenka Cábová </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C203EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00C203EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>kuchařka</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="046A4877" w14:textId="77777777" w:rsidR="00C203EE" w:rsidRPr="00C203EE" w:rsidRDefault="00C203EE" w:rsidP="00C203EE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C203EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Petra </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C203EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>Feslová</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C203EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C203EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00C203EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00C203EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>kuchařka</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C6AB87F" w14:textId="77777777" w:rsidR="00C203EE" w:rsidRPr="00C203EE" w:rsidRDefault="00C203EE" w:rsidP="00C203EE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C203EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lucie </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C203EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>Pěstová</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C203EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00C203EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00C203EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>pomocná kuchařka</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FFC5F92" w14:textId="77777777" w:rsidR="008A1F1A" w:rsidRDefault="00C203EE" w:rsidP="008A1F1A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C203EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                              </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E614E5E" w14:textId="77777777" w:rsidR="0062799B" w:rsidRDefault="00C203EE" w:rsidP="0062799B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:u w:val="single"/>
-[...127 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00C203EE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C203EE">
-        <w:rPr>
-[...111 lines deleted...]
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="cs-CZ"/>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>4.3.Úrazy:</w:t>
       </w:r>
       <w:r w:rsidRPr="00C203EE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:u w:val="single"/>
-[...3 lines deleted...]
-      </w:r>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77AD689D" w14:textId="77777777" w:rsidR="00E52867" w:rsidRDefault="00E52867" w:rsidP="0062799B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="178BB7C7" w14:textId="2CC5E14F" w:rsidR="00C203EE" w:rsidRPr="0062799B" w:rsidRDefault="00C203EE" w:rsidP="0062799B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C203EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>Pracovní- žádný</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="661606FC" w14:textId="77777777" w:rsidR="00C203EE" w:rsidRPr="00C203EE" w:rsidRDefault="00C203EE" w:rsidP="00C203EE">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00C203EE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="cs-CZ"/>
-[...39 lines deleted...]
-    <w:p w14:paraId="661606FC" w14:textId="77777777" w:rsidR="00C203EE" w:rsidRPr="00C203EE" w:rsidRDefault="00C203EE" w:rsidP="00C203EE">
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>5. BOZP</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7616EC80" w14:textId="77777777" w:rsidR="00C203EE" w:rsidRPr="00C203EE" w:rsidRDefault="00C203EE" w:rsidP="00E52867">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00C203EE">
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C203EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>Soustavně je sledována bezpečnost práce, totéž se týká i protipožární ochrany. Pracovníci jsou pravidelně proškolováni, žákům je vštěpována nutnost zachovávat pravidla chování a jednání v uvedených oblastech.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53559F05" w14:textId="77777777" w:rsidR="000B39BF" w:rsidRDefault="00C203EE" w:rsidP="00C203EE">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C203EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>Ve škole probíhají všechny pravidelné revize, které jsou ze zákona povinné. Revizní protokoly jsou k nahlédnutí v ředitelně školy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38F0B023" w14:textId="77777777" w:rsidR="000B39BF" w:rsidRDefault="000B39BF" w:rsidP="00C203EE">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6BE00627" w14:textId="16C25983" w:rsidR="00C203EE" w:rsidRPr="000B39BF" w:rsidRDefault="00C203EE" w:rsidP="00C203EE">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B43D63">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
-        <w:t>5. BOZP</w:t>
-[...69 lines deleted...]
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">6. </w:t>
       </w:r>
       <w:r w:rsidRPr="00B43D63">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>Základní údaje o hospodaření organizace</w:t>
       </w:r>
       <w:r w:rsidRPr="00B43D63">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E789955" w14:textId="497A2441" w:rsidR="00B0118D" w:rsidRPr="00A13195" w:rsidRDefault="00A13195" w:rsidP="00A13195">
+    <w:p w14:paraId="3E9A6E3A" w14:textId="35F01B15" w:rsidR="00A13195" w:rsidRDefault="00A13195" w:rsidP="00A13195">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_Hlk179357279"/>
+      <w:bookmarkStart w:id="1" w:name="_Hlk179357279"/>
       <w:r>
         <w:br/>
       </w:r>
-      <w:bookmarkEnd w:id="0"/>
+      <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidRPr="00A13195">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>Přísp</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>ě</w:t>
       </w:r>
       <w:r w:rsidRPr="00A13195">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
@@ -13804,518 +14203,418 @@
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00A13195">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="00B0118D" w:rsidRPr="00A13195">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="261FCCD6" w14:textId="301D25AB" w:rsidR="00C203EE" w:rsidRPr="00A13195" w:rsidRDefault="00B0118D" w:rsidP="00177BDA">
-[...19 lines deleted...]
-        <w:t xml:space="preserve">Na základě usnesení Rady obce </w:t>
+    <w:p w14:paraId="2B4C75D3" w14:textId="77777777" w:rsidR="004E12A9" w:rsidRPr="004E12A9" w:rsidRDefault="004E12A9" w:rsidP="004E12A9">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E12A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Příspěvková organizace má nulový hospodářský </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00A13195">
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> č.</w:t>
+      <w:r w:rsidRPr="004E12A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>výsledek .</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="00A13195">
-[...92 lines deleted...]
-      </w:pPr>
+      <w:r w:rsidRPr="004E12A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Na základě usnesení Rady obce </w:t>
+      </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00A13195">
-[...6 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="004E12A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>Kájov  č.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004E12A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> XXIII/ 2024/186 ze dne 9.12. 2024 jsme čerpali finanční prostředky z Fondu reprodukce majetku, fondu investic   14 228,48 (prostředky byly použity na pokrytí části provozních nákladů)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D3BAE14" w14:textId="04A1F560" w:rsidR="004E12A9" w:rsidRPr="004E12A9" w:rsidRDefault="004E12A9" w:rsidP="004E12A9">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E12A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t> Náklady činily   21 315 509,99 Kč</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="059218A0" w14:textId="77777777" w:rsidR="004E12A9" w:rsidRPr="004E12A9" w:rsidRDefault="004E12A9" w:rsidP="004E12A9">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004E12A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Výnosy  činily</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00A13195">
-[...22 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="004E12A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   21 315 509,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004E12A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>99  Kč</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004E12A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="336FD354" w14:textId="77777777" w:rsidR="00C203EE" w:rsidRPr="00C203EE" w:rsidRDefault="00C203EE" w:rsidP="00C203EE">
-[...77 lines deleted...]
-    <w:p w14:paraId="1CB793DC" w14:textId="77777777" w:rsidR="00277426" w:rsidRDefault="00C203EE" w:rsidP="00277426">
+    <w:p w14:paraId="50C7600E" w14:textId="77777777" w:rsidR="004E12A9" w:rsidRPr="004E12A9" w:rsidRDefault="004E12A9" w:rsidP="004E12A9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0BBCE031" w14:textId="77777777" w:rsidR="004E12A9" w:rsidRPr="004E12A9" w:rsidRDefault="004E12A9" w:rsidP="004E12A9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E12A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>Všechny účetní výkazy za rok 2024 viz. přílohy, byly přijaty do CSÚIS bez připomínek.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29E2017A" w14:textId="3A35FF85" w:rsidR="00C203EE" w:rsidRPr="00277426" w:rsidRDefault="00C203EE" w:rsidP="00277426">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C203EE">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-    <w:p w14:paraId="29E2017A" w14:textId="3BE6B4EC" w:rsidR="00C203EE" w:rsidRPr="00277426" w:rsidRDefault="00C203EE" w:rsidP="00277426">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>Příloha č. 1 Zpráva o čerpání finančních prostředků školy za rok 202</w:t>
+      </w:r>
+      <w:r w:rsidR="009E6C57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E5F5F3D" w14:textId="77777777" w:rsidR="00C203EE" w:rsidRPr="00C203EE" w:rsidRDefault="00C203EE" w:rsidP="00C203EE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C203EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>Příloha č. 2 Výkaz zisků a ztráty</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BD590AA" w14:textId="77777777" w:rsidR="00C203EE" w:rsidRPr="00C203EE" w:rsidRDefault="00C203EE" w:rsidP="00C203EE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C203EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>Příloha č. 3 Rozvaha</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03319F8F" w14:textId="77777777" w:rsidR="00277426" w:rsidRDefault="00277426" w:rsidP="00B0118D">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C203EE">
-[...6 lines deleted...]
-        <w:t>Příloha č. 1 Zpráva o čerpání finančních prostředků školy za rok 202</w:t>
+    </w:p>
+    <w:p w14:paraId="4AFBCFB4" w14:textId="77777777" w:rsidR="00277426" w:rsidRDefault="00277426" w:rsidP="00B0118D">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2684A860" w14:textId="0A49EF8A" w:rsidR="008A1F1A" w:rsidRDefault="00C203EE" w:rsidP="00073CA0">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C203EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>V</w:t>
       </w:r>
       <w:r w:rsidR="008A1F1A">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...91 lines deleted...]
-        <w:t>V</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C203EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>Kájov</w:t>
       </w:r>
       <w:r w:rsidR="008A1F1A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
-        <w:t> </w:t>
-[...17 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">ě  </w:t>
       </w:r>
-      <w:r w:rsidR="00277426">
-[...8 lines deleted...]
-      <w:r w:rsidR="008A1F1A">
+      <w:r w:rsidR="00073CA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="009E6C57">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="00073CA0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="008A1F1A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 10 202</w:t>
-[...18 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve"> 10</w:t>
+      </w:r>
+      <w:r w:rsidR="00073CA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="008A1F1A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00073CA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="5754D3CA" w14:textId="77777777" w:rsidR="008A1F1A" w:rsidRDefault="00C203EE" w:rsidP="008A1F1A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="4248"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C203EE">
         <w:rPr>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008A1F1A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
@@ -14541,51 +14840,51 @@
     </w:p>
     <w:p w14:paraId="67B30DEA" w14:textId="77777777" w:rsidR="00C203EE" w:rsidRPr="00C203EE" w:rsidRDefault="00C203EE" w:rsidP="00C203EE">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="568FC2CF" w14:textId="5A0B7C99" w:rsidR="00C217F4" w:rsidRDefault="00C217F4" w:rsidP="00001930"/>
     <w:sectPr w:rsidR="00C217F4">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -14603,51 +14902,51 @@
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="05E13A9D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="9BB2A202"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
@@ -15236,50 +15535,191 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2B96641B"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="5BEE4D1E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+        <w:sz w:val="24"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2ECC7814"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="D926160A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -15376,51 +15816,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2FE816DB"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="EA5A07BE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -15490,51 +15930,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3013758C"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="82CEA0E0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -15604,51 +16044,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="32563BFF"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="DDE08284"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
@@ -15717,51 +16157,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3240"/>
         </w:tabs>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3D0B7EE0"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="5B460AC8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -15830,51 +16270,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="40E67FD9"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="E3FE3B38"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -15944,51 +16384,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4BF12371"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="9B36EF8C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -16057,51 +16497,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="501F6A77"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="3B127E3C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -16198,51 +16638,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="51BD7A16"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="F4A28908"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
@@ -16311,51 +16751,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3240"/>
         </w:tabs>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5DC473AA"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="0200376A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -16459,255 +16899,285 @@
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1954357542">
-    <w:abstractNumId w:val="12"/>
+    <w:abstractNumId w:val="13"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="143399110">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="153954147">
-    <w:abstractNumId w:val="8"/>
+    <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="943422829">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="374502211">
-    <w:abstractNumId w:val="7"/>
+    <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="694039632">
-    <w:abstractNumId w:val="9"/>
+    <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="640573899">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="15155458">
-    <w:abstractNumId w:val="11"/>
+    <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="573668313">
-    <w:abstractNumId w:val="14"/>
+    <w:abstractNumId w:val="15"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="140779826">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1160191610">
-    <w:abstractNumId w:val="15"/>
+    <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="231890070">
-    <w:abstractNumId w:val="10"/>
+    <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1459841275">
-    <w:abstractNumId w:val="6"/>
+    <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="601453742">
-    <w:abstractNumId w:val="13"/>
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="762144434">
+    <w:abstractNumId w:val="6"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="94"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00BB20B3"/>
     <w:rsid w:val="0000089C"/>
     <w:rsid w:val="00001930"/>
+    <w:rsid w:val="00053A18"/>
     <w:rsid w:val="00070587"/>
+    <w:rsid w:val="00073CA0"/>
+    <w:rsid w:val="000B39BF"/>
     <w:rsid w:val="001613AC"/>
     <w:rsid w:val="001739DD"/>
     <w:rsid w:val="00177BDA"/>
+    <w:rsid w:val="001A14F2"/>
     <w:rsid w:val="001E713A"/>
+    <w:rsid w:val="00224409"/>
     <w:rsid w:val="0027700E"/>
     <w:rsid w:val="00277426"/>
     <w:rsid w:val="002974F2"/>
     <w:rsid w:val="00297DD6"/>
     <w:rsid w:val="002D0EE8"/>
     <w:rsid w:val="003212BF"/>
     <w:rsid w:val="003236BB"/>
     <w:rsid w:val="00352317"/>
+    <w:rsid w:val="003661AA"/>
+    <w:rsid w:val="003C472F"/>
     <w:rsid w:val="003E7D4B"/>
     <w:rsid w:val="00403AE9"/>
     <w:rsid w:val="00414412"/>
     <w:rsid w:val="004222B3"/>
+    <w:rsid w:val="004E12A9"/>
     <w:rsid w:val="004F6194"/>
     <w:rsid w:val="0050111B"/>
+    <w:rsid w:val="0050308C"/>
+    <w:rsid w:val="00512D1A"/>
+    <w:rsid w:val="005B1F79"/>
     <w:rsid w:val="00617044"/>
     <w:rsid w:val="0062799B"/>
     <w:rsid w:val="00682453"/>
     <w:rsid w:val="006B0756"/>
     <w:rsid w:val="006E2002"/>
     <w:rsid w:val="006E41B2"/>
+    <w:rsid w:val="00763C07"/>
     <w:rsid w:val="00767D73"/>
     <w:rsid w:val="00790AA8"/>
     <w:rsid w:val="0081129C"/>
+    <w:rsid w:val="00872F42"/>
+    <w:rsid w:val="0088451E"/>
     <w:rsid w:val="008A1F1A"/>
+    <w:rsid w:val="009356CD"/>
     <w:rsid w:val="009837B4"/>
+    <w:rsid w:val="00986CA5"/>
     <w:rsid w:val="00991632"/>
+    <w:rsid w:val="009A4B7B"/>
+    <w:rsid w:val="009E6C57"/>
     <w:rsid w:val="00A13195"/>
+    <w:rsid w:val="00A215BE"/>
     <w:rsid w:val="00A4064F"/>
     <w:rsid w:val="00A60EB1"/>
     <w:rsid w:val="00A80F2E"/>
     <w:rsid w:val="00A91A86"/>
     <w:rsid w:val="00AF09AF"/>
     <w:rsid w:val="00B0118D"/>
     <w:rsid w:val="00B150A9"/>
+    <w:rsid w:val="00B159C1"/>
+    <w:rsid w:val="00B25F8A"/>
     <w:rsid w:val="00B43D63"/>
     <w:rsid w:val="00B87415"/>
     <w:rsid w:val="00B97FCD"/>
     <w:rsid w:val="00BB20B3"/>
     <w:rsid w:val="00BF312A"/>
     <w:rsid w:val="00C03553"/>
     <w:rsid w:val="00C203EE"/>
     <w:rsid w:val="00C217F4"/>
     <w:rsid w:val="00C50E78"/>
+    <w:rsid w:val="00CF15F1"/>
+    <w:rsid w:val="00D16702"/>
     <w:rsid w:val="00D269D1"/>
+    <w:rsid w:val="00DB5CBC"/>
     <w:rsid w:val="00E52867"/>
     <w:rsid w:val="00EF2201"/>
     <w:rsid w:val="00F32770"/>
+    <w:rsid w:val="00F738AE"/>
     <w:rsid w:val="00F87236"/>
+    <w:rsid w:val="00FA03F5"/>
     <w:rsid w:val="00FA3547"/>
     <w:rsid w:val="00FA5056"/>
+    <w:rsid w:val="00FD1686"/>
     <w:rsid w:val="00FD46C2"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="cs-CZ"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="744DCAEF"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{C7933F5D-ADF5-460E-AE93-1AC639C32F3E}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="cs-CZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -17202,55 +17672,66 @@
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00C203EE"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Zpat">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normln"/>
     <w:link w:val="ZpatChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00C203EE"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ZpatChar">
     <w:name w:val="Zápatí Char"/>
     <w:basedOn w:val="Standardnpsmoodstavce"/>
     <w:link w:val="Zpat"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00C203EE"/>
   </w:style>
+  <w:style w:type="character" w:styleId="Zdraznn">
+    <w:name w:val="Emphasis"/>
+    <w:basedOn w:val="Standardnpsmoodstavce"/>
+    <w:uiPriority w:val="20"/>
+    <w:qFormat/>
+    <w:rsid w:val="00073CA0"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motiv Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
@@ -17517,70 +17998,70 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>2601</Words>
-  <Characters>15349</Characters>
+  <Words>2714</Words>
+  <Characters>16017</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>127</Lines>
-  <Paragraphs>35</Paragraphs>
+  <Lines>133</Lines>
+  <Paragraphs>37</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Název</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>17915</CharactersWithSpaces>
+  <CharactersWithSpaces>18694</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Základní škola Kájov</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>